--- v0 (2025-12-11)
+++ v1 (2026-03-23)
@@ -54,1226 +54,1226 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Jonas Maria de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/304/indicacao_no_001-2025_ampliacao_rede_de_esgoto.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/304/indicacao_no_001-2025_ampliacao_rede_de_esgoto.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal oficie a Sanepar, solicitando um estudo técnico para ampliação de rede de esgoto no final da rua Nilo Peçanha/ Campo Sales. Também que seja informado os valores com e sem a mão de obra.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/305/indicacao_no_002-2025_tubos_de_concreto.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/305/indicacao_no_002-2025_tubos_de_concreto.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente verifique a possibilidade de realizar encamisamento com tubo de concreto dos poços de água superficiais na propriedade do senhor, Leomar Silva da comunidade João de Paula, e na propriedade dos senhores, João e Geni, localizado na comunidade Karl Marx II.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Jonas Maria de Oliveira, Ana Maria Zanini, Gilmar Schmidt, Laura Southier, Luiz Carlos de Souza Vieira Lopes, Marcos Antônio Valandro</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/306/indicacao_no_003-2025_troca_de_lampadas.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/306/indicacao_no_003-2025_troca_de_lampadas.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente verifique a possibilidade de troca de lâmpadas que estão queimadas no Município. Na Rua Nereu Ramos são 2 (duas) em frente as casas nº433 e nº442, também na Avenida Castelo Branco perfazendo um total de 12 (doze) lâmpadas.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Laura Southier, Gilmar Schmidt, Jonas Maria de Oliveira, Marcos Antônio Valandro</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/307/indicacao_no_004-2025_travessia_na_marginal.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/307/indicacao_no_004-2025_travessia_na_marginal.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente verifique a possibilidade de realizar melhorias/reparos na marginal da BR sentido ao Bairro Industrial.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/308/indicacao_no_005-2025_cascalho.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/308/indicacao_no_005-2025_cascalho.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente verifique a possibilidade da colocação de cascalho na comunidade da Granja Fofa/Linha Poço Preto. Especificamente na estrada que da acesso a propriedade da moradora Raquel Fernanda Schmidt, em conformidade com a Lei nº1746 de 15 de julho de 2021.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/309/indicacao_no_006-2025_linha_bandeirantes.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/309/indicacao_no_006-2025_linha_bandeirantes.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente verifique a possibilidade de melhorias na estrada da Linha Bandeirantes em frente a casa do morador Adilson Sbabo em conformidade com a Lei nº1746 de 15 de julho de 2021.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Marcos Antônio Valandro, Ana Maria Zanini, Gilmar Schmidt, Jonas Maria de Oliveira, Laura Southier, Luiz Carlos de Souza Vieira Lopes</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/318/indicacao_no_007-2025_estradas.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/318/indicacao_no_007-2025_estradas.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente verifique a possibilidade de realizar melhorias urgentes na estrada que liga a propriedade do senhor Clair até a comunidade de São Jorge, incluindo a desobstrução das sarjetas e a recuperação do leito da via, com nivelamento e reposição de material adequado, garantindo condições seguras de tráfego para os moradores e usuários da região.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/319/indicacao_no_008-2025_placas_de_sinalizacao.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/319/indicacao_no_008-2025_placas_de_sinalizacao.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente verifique a possibilidade da colocação de placas de sinalização, com identificação dos nomes das ruas no Bairro Zanella e no Bairro Cristo Rei.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/320/indicacao_no_009-2025_calcadas.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/320/indicacao_no_009-2025_calcadas.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente verifique a possibilidade de realizar melhorias nas calçadas das ruas Marechal Floriano Peixoto e Nereu Ramos, Com a substituição dos passeios atuais por pavers padronizados, garantindo maior acessibilidade e segurança para os pedestres. Propõe-se, ainda, que a Prefeitura assuma integralmente os custos da obra, incluindo tanto o material quanto a mão de obra necessária para a execução do serviço.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/323/indicacao_no_010-2025_melhorias_estradas.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/323/indicacao_no_010-2025_melhorias_estradas.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente verifique a possibilidade de melhorias das estradas rurais que compreendem o Anjo da Guarda até a Baulândia.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/324/indicacao_no_011-2025_melhorias_estradas.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/324/indicacao_no_011-2025_melhorias_estradas.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente verifique a possibilidade de melhorias na Linha Jaciretã, devido aos problemas causados pelas chuvas que resultaram na formação de valas ao longo da estrada, em razão da falta de acostamento adequado. A situação tem gerado riscos à segurança dos usuários da via, especialmente devido ao tráfego de máquinas agrícolas de grande porte e outros.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Antônio da Rosa Trindade, Charles Werner, Luana Stiz</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/325/indicacao_no_012-2025_placas_identificacao_interior.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/325/indicacao_no_012-2025_placas_identificacao_interior.doc</t>
   </si>
   <si>
     <t>Venho, por meio desta, indicar a colocação de placas que identificam as linhas do interior._x000D_
 -Linha XV de Novembro;_x000D_
 -Assentamento João de Paula;_x000D_
 -Assentamento Novo Horizonte, São Jorge e Capinzal;_x000D_
 -Assentamento Santa Tereza;_x000D_
 -Assentamento Quebra Braço;_x000D_
 -Acampamento 70;_x000D_
 -Acampamento Santa Rita;_x000D_
 -Assentamento Santa Terezinha e acampamento;_x000D_
 -Fazenda Fofa;_x000D_
 -Fazenda Bandeira;_x000D_
 -Fazenda Guerra;_x000D_
 -Coopavel;_x000D_
 -Linha Anghinoni;_x000D_
 -Fazenda Lopes.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/326/indicacao_no_013-2025_calcamento.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/326/indicacao_no_013-2025_calcamento.doc</t>
   </si>
   <si>
     <t>Venho, por meio desta, solicitar a pavimentação/calçamento na vila da Baulândia. Se trata de uma solicitação antiga, o pedido foi feito por moradores e a solicitação é de 250m de calçamento.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/327/indicacao_no_015-2025_barrinha.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/327/indicacao_no_015-2025_barrinha.doc</t>
   </si>
   <si>
     <t>Venho, por meio desta, solicitar serviços de manutenção e cascalhamento em trecho de aproximadamente 400 metros da estrada, localizado na Linha Barrinha, especificamente no segundo segmento que se inicia na saída do Loteamento Rufatto, segunda entrada à direita, e também depois da comunidade até a divisa da estrada de Francisco Beltrão.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Antônio da Rosa Trindade, Charles Werner</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/328/indicacao_no_016-2025_faixa_elevada.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/328/indicacao_no_016-2025_faixa_elevada.doc</t>
   </si>
   <si>
     <t>Venho, por meio desta, solicitar colocação de uma rotatória no cruzamento da avenida Castelo Branco com a Rua Costa e Silva.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/329/indicacao_no_017-2025_poda_de_arvores.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/329/indicacao_no_017-2025_poda_de_arvores.doc</t>
   </si>
   <si>
     <t>Venho, por meio desta, solicitar a poda de árvores na Avenida Castelo Branco. Os galhos estão bloqueando a iluminação, deixando a avenida escura, oferecendo risco aos pedestres, veículos e comprometendo a rede elétrica.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/330/indicacao_no_018-2025_estradas.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/330/indicacao_no_018-2025_estradas.doc</t>
   </si>
   <si>
     <t>Venho, por meio desta, solicitar melhorias da estrada que dá acesso à Linha Anghinoni, no município de Renascença-PR. Recentemente, recebi diversas reclamações dos moradores da referida localidade, que relataram as péssimas condições da estrada. Segundo os populares, a via está com muitos buracos e trechos intransitáveis, o que dificulta o tráfego, especialmente em períodos de chuva. Essa situação tem gerado inúmeros transtornos aos moradores, que encontram grandes dificuldades para acessar a cidade. Além disso, a falta de uma estrada em condições adequadas compromete a segurança e o bem-estar da população, considerando que a área é bastante utilizada por veículos de transporte escolar e outros serviços essenciais.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/339/indicacao_no_019-2025_plano_cargos.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/339/indicacao_no_019-2025_plano_cargos.doc</t>
   </si>
   <si>
     <t>Venho, por meio desta, solicitar a Prefeitura Municipal o encaminhamento de um Projeto de Lei de Planos de Cargo/Carreira e Remuneração (PCCR) dos servidores públicos municipais, à essa Casa de Leis.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/344/indicacao_no_020-2025_auxilio_estudantil.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/344/indicacao_no_020-2025_auxilio_estudantil.doc</t>
   </si>
   <si>
     <t>Venho, por meio desta, solicitar aumento do auxilio transporte concedidos aos estudantes universitários que se deslocam diariamente para instituições de ensino superior localizadas em cidades vizinhas.</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/345/indicacao_no_021-2025_melhorias_nas_ruas.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/345/indicacao_no_021-2025_melhorias_nas_ruas.doc</t>
   </si>
   <si>
     <t>Venho, por meio desta, solicitar melhorias urbanas e implantação de tubulação para captação de águas pluviais nas Rua Nereu Ramos/ Washinton Luiz/Artur Bernardes. Em frente as residências de números: 450,432 e 427.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/346/indicacao_no_022-2025_regularizacao_urbanista.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/346/indicacao_no_022-2025_regularizacao_urbanista.doc</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/347/indicacao_no_023-2025_projeto_de_estacionamento.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/347/indicacao_no_023-2025_projeto_de_estacionamento.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente verifique a possibilidade de elaborar um projeto de estacionamento contemplando toda Avenida Castelo Branco, seguindo o exemplo das cidades vizinhas, onde os carros ficam estacionados um ao lado do outro, gerando maior quantidade de vagas. Atualmente os veículos estacionam em fila, ocupando muito espaço.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Charles Werner, Antônio da Rosa Trindade, Luana Stiz</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/348/indicacao_no_024-2025_programa_estado.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/348/indicacao_no_024-2025_programa_estado.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente oficie à Secretaria de Estado da Segurança Pública, com objetivo de viabilizar à adesão do Município no programa “Olho Vivo Paraná”, voltado à ampliação da segurança pública por meio da instalação de câmaras de videomonitoramento.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Gilmar Schmidt, Ana Maria Zanini, Jonas Maria de Oliveira, Laura Southier, Luiz Carlos de Souza Vieira Lopes, Marcos Antônio Valandro</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/350/requerimento_no_017-2025_der.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/350/requerimento_no_017-2025_der.docx</t>
   </si>
   <si>
     <t>Oficiar à direção do DER-PR, solicitando sobras de resíduo asfáltico para o município de Renascença-PR.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/351/indicacao_no_025-2025_cascalho.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/351/indicacao_no_025-2025_cascalho.docx</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente verifique a possibilidade de colocar cascalho na estrada vicinal da comunidade da Linha Zambiazi, divisa com o município de Vitorino. Se trata de um trecho de oitocentos metros, que esta atualmente sem cascalho.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/352/indicacao_no_027-2025_iluminacao.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/352/indicacao_no_027-2025_iluminacao.doc</t>
   </si>
   <si>
     <t>Venho, por meio desta, solicitar a substituição das lâmpadas queimadas na Rua Albino Biasoli.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/353/indicacao_no_028-2025_iluminacao.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/353/indicacao_no_028-2025_iluminacao.doc</t>
   </si>
   <si>
     <t>Venho, por meio desta, solicitar a manutenção das estradas da comunidade da Linha Baulândia.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Laura Southier, Ana Maria Zanini, Gilmar Schmidt, Jonas Maria de Oliveira, Luiz Carlos de Souza Vieira Lopes, Marcos Antônio Valandro</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/354/indicacao_no_029-2025_cascalho.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/354/indicacao_no_029-2025_cascalho.doc</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Luana Stiz</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/355/indicacao_no_030-2025_lombadas.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/355/indicacao_no_030-2025_lombadas.doc</t>
   </si>
   <si>
     <t>Venho, por meio desta, solicitar, a tomada de providências legais junto à Secretaria de Planejamento, Cidade e Desenvolvimento Econômico para a instalação de duas faixas elevadas em frente à Praça Municipal Ivaldino Gobbi, na Rua Marechal Floriano Peixoto esquina com a Rua Wenceslau Brás e na Wenceslau Brás esquina com Marechal Floriano Peixoto, pois existe uma rotatória, mas não está solucionando o problema.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Luiz Carlos de Souza Vieira Lopes, Gilmar Schmidt, Jonas Maria de Oliveira, Laura Southier, Marcos Antônio Valandro</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/356/indicacao_no_031-2025_lombada.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/356/indicacao_no_031-2025_lombada.doc</t>
   </si>
   <si>
     <t>Venho, por meio desta, solicitar uma lombada em frente ao Clube dos Idosos de Renascença-PR.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Marcos Antônio Valandro, Gilmar Schmidt, Jonas Maria de Oliveira, Laura Southier, Luiz Carlos de Souza Vieira Lopes</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/357/indicacao_no_032-2025_iluminacao.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/357/indicacao_no_032-2025_iluminacao.doc</t>
   </si>
   <si>
     <t>Venho, por meio desta, solicitar manutenção e substituição urgente de lâmpadas queimadas na iluminação pública, especificamente no Parque Yara e na Avenida Castelo Branco.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/373/indicacao_no_033-2025_faixa_elevada.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/373/indicacao_no_033-2025_faixa_elevada.doc</t>
   </si>
   <si>
     <t>Venho, por meio desta, solicitar colocação de faixa elevada no cruzamento da avenida Castelo Branco com a Rua Rodrigues Alves.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Jonas Maria de Oliveira, Gilmar Schmidt</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/374/indicacao_no_034-2025.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/374/indicacao_no_034-2025.doc</t>
   </si>
   <si>
     <t>Venho, por meio desta, solicitar a elaboração de um projeto para ampliar a Rua Guilherme Zanini no Bairro Cristo Rei. Trata-se de uma via atualmente muito estreita, o que dificulta significativamente o fluxo de veículos, bem como o estacionamento ao longo da via, gerando transtornos tanto para os motoristas quanto para os moradores locais. A referida rua possui cerca de três metros de passeio (calçada) de cada lado, sendo tecnicamente viável a retirada de um metro de cada passeio, o que permitiria ampliar a largura da pista e melhorar a mobilidade urbana da região. Dessa forma, sugerimos que a Prefeitura Municipal, por meio do setor competente, elabore um estudo técnico e, posteriormente, o projeto de engenharia necessário para viabilizar o alargamento da via, sem comprometer a segurança dos pedestres, mas promovendo maior fluidez no trânsito e otimizando o uso do espaço público.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>Laura Southier, Ana Maria Zanini, Jonas Maria de Oliveira, Luiz Carlos de Souza Vieira Lopes</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/375/indicacao_no_035-2025_rota_alternativa.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/375/indicacao_no_035-2025_rota_alternativa.doc</t>
   </si>
   <si>
     <t>Indico ao Poder Executivo Municipal que sejam adotadas medidas de sinalização e planejamento de rota alternativa no trecho do Rio Elias que se encontra em obras, especialmente em virtude do evento da romaria, que contará com significativa movimentação de pessoas e veículos.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Gilmar Schmidt, Jonas Maria de Oliveira, Laura Southier, Luiz Carlos de Souza Vieira Lopes, Marcos Antônio Valandro</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/379/indicacao_no_036-2025_estacionamento_taxi.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/379/indicacao_no_036-2025_estacionamento_taxi.doc</t>
   </si>
   <si>
     <t>Venho, por meio desta, indicar ao Poder Executivo Municipal que seja incluído, junto ao projeto de revitalização da Praça Municipal, a construção de um espaço destinado ao estacionamento de táxis.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>Jonas Maria de Oliveira, Gilmar Schmidt, Laura Southier, Luiz Carlos de Souza Vieira Lopes, Marcos Antônio Valandro</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/380/indicacao_no_037-2025_pintura_de_faixas.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/380/indicacao_no_037-2025_pintura_de_faixas.doc</t>
   </si>
   <si>
     <t>Venho, por meio desta, indicar ao Poder Executivo Municipal que seja realizada a sinalização e pintura em cruzamento do município (conforme fotos em anexo), tendo em vista que atualmente não há definição clara da via preferencial, gerando riscos de acidentes e insegurança aos motoristas e pedestres.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/381/indicacao_no_038-2025_ponto_de_onibus.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/381/indicacao_no_038-2025_ponto_de_onibus.doc</t>
   </si>
   <si>
     <t>Venho, por meio desta, indicar ao Poder Executivo Municipal que seja providenciada a instalação de 11 (onze) pontos de ônibus nas seguintes localidades: Quebra Braço, João de Paula e Santa Tereza.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/386/indicacao_no_039-2025_ciclista.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/386/indicacao_no_039-2025_ciclista.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através do setor competente, estude a possibilidade de fazer uma ciclovia, com delimitação adequada entre a pista para pedestres e a pista para ciclistas, em toda a extensão da Avenida Castelo Branco até a área industrial, retornando pela rua marginal Marechal Hermes da Fonseca, passando em frente ao lago municipal Yara e finalizando novamente na Avenida Castelo Branco, totalizando um percurso aproximado de 4,6 km.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Antônio da Rosa Trindade, Ana Maria Zanini, Charles Werner, Gilmar Schmidt, Jonas Maria de Oliveira, Laura Southier, Luana Stiz, Luiz Carlos de Souza Vieira Lopes, Marcos Antônio Valandro</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/387/indicacao_no_040-2025_lixeiras.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/387/indicacao_no_040-2025_lixeiras.doc</t>
   </si>
   <si>
     <t>Ao Poder Executivo Municipal que sejam instaladas lixeiras do tipo container, devidamente identificadas para o descarte de resíduos orgânicos e recicláveis, em pontos estratégicos do município, especialmente em locais de grande circulação de pessoas, como praças, avenidas, áreas comerciais, escolas e pontos de ônibus.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/388/indicacao_no_041-2025_salarios_servidoras.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/388/indicacao_no_041-2025_salarios_servidoras.doc</t>
   </si>
   <si>
     <t>Indico, por meio deste, que a Prefeitura Municipal através do setor competente analise a possibilidade do reajuste do salário base dos servidores municipais na função de serviços gerais, pois encontra-se defasado.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/389/indicacao_no_042-2025_vida_ativa-_idosos.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/389/indicacao_no_042-2025_vida_ativa-_idosos.doc</t>
   </si>
   <si>
     <t>Venho, por meio desta, sugerir que a Prefeitura Municipal através do setor competente analise a possibilidade de destinar um(a) profissional capacitado(a) para dar continuidade e suporte ao atendimento dos participantes do Programa Vida Ativa – Saúde em Movimento.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>Marcos Antônio Valandro</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/395/indicacao_no_043-2025_wi-fi.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/395/indicacao_no_043-2025_wi-fi.doc</t>
   </si>
   <si>
     <t>Venho, por meio desta, sugerir à Administração Municipal para que disponibilize acesso gratuito à Internet (Wi-Fi livre) nas Unidades de Saúde e na sede da Prefeitura Municipal de Renascença. A implantação desse serviço visa facilitar o acesso à informação, comunicação e serviços públicos digitais, tanto para os cidadãos que buscam atendimento quanto para os servidores municipais, otimizando o trabalho e o atendimento ao público. Além de promover a inclusão digital, a medida contribui para a modernização da gestão pública, oferecendo um ambiente mais conectado e acessível, especialmente em locais onde os cidadãos permanecem por períodos de espera, como nas unidades de saúde.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Jonas Maria de Oliveira, Gilmar Schmidt, Luiz Carlos de Souza Vieira Lopes, Marcos Antônio Valandro</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/396/indicacao_no_044-2025_melhoria_bueiros.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/396/indicacao_no_044-2025_melhoria_bueiros.doc</t>
   </si>
   <si>
     <t>Venho, por meio desta, indicar ao Poder Executivo Municipal melhorias nos bueiros na comunidade do Canela, logo na entrada da comunidade, e na ponte ao final do asfalto (conforme imagens em anexo), pois as chuvas estão tirando a terra das encostas e com o passar do tempo pode danificar as mesmas.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>Luana Stiz, Antônio da Rosa Trindade, Charles Werner, Marcos Antônio Valandro</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/397/indicacao_no_045-2025_torre.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/397/indicacao_no_045-2025_torre.doc</t>
   </si>
   <si>
     <t>Venho, por meio desta, indicar a retirada da torre da antiga Telepar do centro da cidade de Renascença – PR, e/ou a realização das manutenções necessárias, diante do risco à segurança pública, bem como o acionamento do órgão responsável caso não seja competência do Município.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Luiz Carlos de Souza Vieira Lopes, Antônio da Rosa Trindade, Jonas Maria de Oliveira, Laura Southier, Luana Stiz, Marcos Antônio Valandro</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/310/requerimento_no001-025_de_diligencia_projetos.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/310/requerimento_no001-025_de_diligencia_projetos.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da estrutura de cargos efetivos da Lei n.º 1.098, de 09 de dezembro de 2009 e dá outras providências</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>Ana Maria Zanini, Gilmar Schmidt, Jonas Maria de Oliveira, Laura Southier, Luiz Carlos de Souza Vieira Lopes, Marcos Antônio Valandro</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/311/requerimento_no_002-2025_pocos_assentamento_joao_de_paula.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/311/requerimento_no_002-2025_pocos_assentamento_joao_de_paula.docx</t>
   </si>
   <si>
     <t>Requeremos, que o Executivo Municipal, através do setor competente, encaminhe a essa Casa de Leis informações sobre os serviços de Saneamento no Assentamento João de Paula, poços 1 e 2.</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/312/requerimento_no_003-2025_verba_leandre.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/312/requerimento_no_003-2025_verba_leandre.docx</t>
   </si>
   <si>
     <t>Requeremos, que o Executivo Municipal através do setor competente, encaminhe a está casa de leis, informações sobre o andamento da verba no valor de R$300.000,00 (trezentos mil reais) viabilizado pela Deputada Federal Leandre Dal Ponte.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/313/requerimento_no_004-2025_pontos_de_onibus.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/313/requerimento_no_004-2025_pontos_de_onibus.docx</t>
   </si>
   <si>
     <t>Requeremos, que o Executivo Municipal através do setor competente, encaminhe a está Casa de Leis informações sobre a obra do ponto de ônibus próximo ao Ginásio Municipal Mario Nardi.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/314/requerimento_no_005-2025_trabalhadores_tercerizados.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/314/requerimento_no_005-2025_trabalhadores_tercerizados.docx</t>
   </si>
   <si>
     <t>Requeremos, que o Executivo Municipal através do setor competente, encaminhe a está Casa de Leis, informações sobre a situação dos trabalhadores terceirizados que prestavam serviços à Prefeitura por meio de empresa contratada, que recentemente encerrou os vínculos empregatícios sem definição clara sobre o pagamento dos salários e demais direitos trabalhistas. Diante do exposto, requer-se que o Poder Executivo municipal esclareça os seguintes pontos: _x000D_
 -Qual a situação contratual da empresa terceirizada responsável pela prestação de serviços ao Município?_x000D_
 -A Prefeitura foi informada previamente sobre o encerramento dos vínculos empregatícios desses trabalhadores? Se sim, quais providências foram tomadas?_x000D_
  -Existem valores em aberto a serem pagos pela administração municipal à empresa contratada?_x000D_
  -Quais medidas estão sendo adotadas para garantir que os trabalhadores terceirizados recebam seus salários e demais direitos trabalhistas? _x000D_
 -A Prefeitura pretende tomar alguma providência em rel</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/315/requerimento_no_006-2025_viaja_mais_60_parana.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/315/requerimento_no_006-2025_viaja_mais_60_parana.docx</t>
   </si>
   <si>
     <t>Requeremos, respeitosamente que o Executivo Municipal através do setor competente, encaminhe a está Casa de Leis, informações sobre o valor de R$ 25.000,00 (vinte e cinco mil reais), já existentes no caixa da Prefeitura e que deveriam ser destinados ao Projeto: "Viaja Mais 60 Paraná". Diante do exposto, solicitamos esclarecimentos sobre os seguintes pontos:_x000D_
  -Qual a previsão para o repasse deste valor aos beneficiários do programa?_x000D_
  -Qual a forma de distribuição destes recursos aos idosos contemplados?_x000D_
  -Se há algum entrave administrativo ou burocrático que impeça a liberação do montante e, caso    haja, quais providências estão sendo tomadas para a solução do problema?_x000D_
  -Existe um cronograma definido para a efetivação deste repasse?_x000D_
  Ressaltamos que tais informações são de suma importância para garantir a transparência e a efetividade do referido projeto, que visa proporcionar melhores condições de lazer e bem-estar aos idosos do município. Aguardamos um retorno dentro do prazo legal,</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>Luiz Carlos de Souza Vieira Lopes, Gilmar Schmidt, Laura Southier, Marcos Antônio Valandro</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/316/requerimento_no_007-2025_cargos.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/316/requerimento_no_007-2025_cargos.docx</t>
   </si>
   <si>
     <t>Requeiro, que o Executivo Municipal através do setor competente, encaminhe a está casa de leis, informações sobre o quadro de cargos comissionados que foram chamados nessa nova administração e quantos cargos concursados.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/317/requerimento_no_008-2025_cras.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/317/requerimento_no_008-2025_cras.docx</t>
   </si>
   <si>
     <t>Requeiro, que o Executivo Municipal através do setor competente, encaminhe a está casa de leis, informações sobre a readequação do Centro de Referência de Assistência Social – CRAS._x000D_
 -Como foi procedido a escolha do local? _x000D_
 - Foram feitas pesquisas de valores com outros imóveis?_x000D_
 -Qual valor do aluguel dessa nova sede?_x000D_
 -Quanto aos valores das Emendas Impositivas destinadas para reforma do CRAS?</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/321/requerimento_no_009-2025_boliche.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/321/requerimento_no_009-2025_boliche.docx</t>
   </si>
   <si>
     <t>Requeiro, que o Executivo Municipal através do setor competente, verifique a possibilidade de realizar uma nova licitação para a concessão do prédio público conhecido como "Boliche", bem como sua reforma e readequação para o uso da população e visitantes do município de Renascença.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/322/requerimento_no_010-2025_lanchonete_lago.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/322/requerimento_no_010-2025_lanchonete_lago.docx</t>
   </si>
   <si>
     <t>Requeiro, que o Executivo Municipal através do setor competente, verifique a possibilidade da retomada de funcionamento do imóvel público localizado no Lago Municipal Yara, no município de Renascença-PR atualmente cedido em comodato, o imóvel encontra fechado há mais de um ano, sem cumprir qualquer função social.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>Luiz Carlos de Souza Vieira Lopes, Ana Maria Zanini, Gilmar Schmidt, Jonas Maria de Oliveira, Laura Southier, Marcos Antônio Valandro</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/331/requerimento_no_011-2025_escolinha.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/331/requerimento_no_011-2025_escolinha.docx</t>
   </si>
   <si>
     <t>Requeiro, por meio deste, solicitar informações ao Executivo Municipal sobre a previsão de retorno das escolinhas de futebol oferecidas pelo município, se há um planejamento ou data prevista para retomada das atividades.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Requeremos, por meio deste, solicitar informações ao Executivo Municipal sobre os critérios atualmente adotados para concessão de gratificações, revogações ou suspensões das mesmas aos servidores públicos municipais.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/341/requerimento_no_013-2025_adiamento_de_votacao.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/341/requerimento_no_013-2025_adiamento_de_votacao.docx</t>
   </si>
   <si>
     <t>Requeremos, por meio deste, nos termos do art. 160, caput e § 1º do regimento interno, o adiamento da votação do Projeto de Lei nº024/2025, pelo prazo de duas sessões.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/342/requerimento_no_014-2025_auxilio_transp..docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/342/requerimento_no_014-2025_auxilio_transp..docx</t>
   </si>
   <si>
     <t>Requer, informações sobre o cadastramento dos beneficiários do Programa Auxilio Transporte para estudantes no ano de 2025. Sendo que:_x000D_
 Em seu artigo 4º, da LEI N° 1.771, DE 15 DE DEZEMBRO DE 2021, que dispõe sobre a instituição do Programa de Auxílio Transporte para estudantes residentes do Município de Renascença. _x000D_
 Art. 4° O cadastramento dos estudantes no Programa de Auxílio Transporte será realizado pela Secretaria de Educação Cultura e Esporte, a qual irá estabelecer através de Edital próprio o prazo e condições para a inscrição._x000D_
 _x000D_
 Pede-se informações sobre a divulgação do período de cadastramento e recadastramento no ano de 2025. Se este aconteceu em página oficial do município, para uma total abrangência destas informações.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/343/requerimento_no_015-2025_correios.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/343/requerimento_no_015-2025_correios.docx</t>
   </si>
   <si>
     <t>Requeiro, informações sobre a unidade do correio no município de Renascença-PR. Atualmente a agência no município encontra-se fechada em determinados dias da semana e com horários restritos, o que vem causando prejuízos a população, especialmente no que se refere ao acesso à serviços postais essenciais, entrega de correspondências, encomendas, boletos e documentos oficiais. Diante disso, solicito:_x000D_
 1.	Informações sobre os motivos que têm levado à irregularidade no funcionamento da agência local;_x000D_
 2.	A previsão para retorno pleno das atividades da unidade;_x000D_
 3.	A possibilidade de contratação ou designação de um gestor local que possa garantir a continuidade dos serviços com regularidade e qualidade._x000D_
 4.	Informações a respeito da entrega em 100% da cidade, visto que o município já fez identificação das ruas.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/349/requerimento_no_016-2025_criterios_casas_populares.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/349/requerimento_no_016-2025_criterios_casas_populares.docx</t>
   </si>
   <si>
     <t>Requeiro, informações sobre o programa habitacional, em parceria com a COHAPAR ‘’Casa Fácil Paraná ‘’. Considerando a relevância social, solicito que sejam prestadas as seguintes informações:_x000D_
 1.	Quais são os critérios exigidos para inscrição no programa de moradias populares gratuitas?_x000D_
 2.	Qual o período de inscrição e onde ela deve ser realizada?_x000D_
 3.	Existe algum processo de seleção ou pontuação? Se sim, quais são os critérios utilizados?_x000D_
 4.	Quais documentos são necessários para efetuar a inscrição?_x000D_
 5.	O programa é destinado a algum público específico (ex: famílias em situação de vulnerabilidade, pessoas com deficiência, idosos, etc.)?</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/358/requerimento_no_017-2025_der.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/358/requerimento_no_017-2025_der.docx</t>
   </si>
   <si>
     <t>Oficiar à direção do DER-PR, solicitando sobras de resíduo asfáltico para o município de Renascença-PR._x000D_
  _x000D_
 REQUEREIRO a V.Exa. ouvido o Colendo Plenário, doação de 500 metros cúbicos de resíduos provenientes das obras de recuperação asfáltica, para ser utilizado em melhorias das estradas vicinais no interior do município de Renascença-PR. Solicito ainda, caso possível, que esse material seja disponibilizado quando houver serviços de manutenção ou recapeamento de asfalto sendo realizados em rodovias próximas ao nosso município, facilitando assim o transporte e logística do aproveitamento do material._x000D_
 Certos da compreensão e apoio deste departamento, agradecemos antecipadamente pela atenção e aguardamos deferimento.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/359/requerimento_no_018-2025_banheiro-campo.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/359/requerimento_no_018-2025_banheiro-campo.docx</t>
   </si>
   <si>
     <t>Requeiro, por meio deste, propor a instalação de banheiros químicos no campo de futebol do município, ou a possibilidade de consentir o uso dos banheiros do boliche.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/360/requerimento_019.pdf</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/360/requerimento_019.pdf</t>
   </si>
   <si>
     <t>Requeiro, por meio deste, informações e providências quanto à precariedade do atendimento e à _x000D_
 ausência de ações concretas nas seguintes áreas essenciais: _x000D_
 1. Apoio técnico e institucional aos agricultores do município, especialmente no que tange à _x000D_
 assistência básica, orientação e acompanhamento das atividades rurais; _x000D_
 2. Ausência de clareza e transparência nas informações prestadas aos produtores, o que tem _x000D_
 gerado insegurança e desinformação nas comunidades rurais; _x000D_
 3. Falta de estrutura e atendimento adequado por parte do setor responsável pelo Meio _x000D_
 Ambiente, o que compromete políticas de sustentabilidade e gestão ambiental local; _x000D_
 4. Deficiência no suporte ao setor fundiário, notadamente no que se refere ao _x000D_
 encaminhamento de demandas relacionadas ao INCRA, emissão de CCIR e processos de _x000D_
 regularização fundiária. _x000D_
 5. Descontinuidade da adesão ao Programa Nacional de Alimentação Escolar (PNAE), por _x000D_
 meio da Secretaria Municipal de Educação em parceria com a Emater, especialmente</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/361/requerimento_no_020-2025_convoca_secretario_tribuna.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/361/requerimento_no_020-2025_convoca_secretario_tribuna.docx</t>
   </si>
   <si>
     <t>Requeiro, por meio deste, solicitar a convocação do Secretário Municipal de Agricultura e Meio Ambiente, para que compareça a esta Casa Legislativa na próxima sessão ordinária do dia 08/07/2025, a fim de prestar esclarecimentos acerca das demandas e ações desenvolvidas pela secretaria, bem como responder as perguntas do Requerimento nº019/2025 aprovado na Sessão Ordinária do dia 24/06/2025.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/362/requerimento_no_021-2025_telefonista.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/362/requerimento_no_021-2025_telefonista.docx</t>
   </si>
   <si>
     <t>Requeiro, por meio deste, solicitar esclarecimentos sobre a ausência de telefonista na sede da Prefeitura Municipal. Tal solicitação se faz necessária diante de relatos da população e constatação de que não há atendimento telefônico no prédio da Prefeitura, o que tem causado transtornos à comunidade que busca informações ou tenta resolver demandas básicas por telefone._x000D_
 Solicita-se que sejam informadas:_x000D_
 1.	As razões da ausência de profissional para o atendimento telefônico;_x000D_
 2.	Se há previsão de contratação ou designação de servidor para exercer tal função;_x000D_
 3.	Quais medidas estão sendo adotadas para restabelecer o atendimento telefônico de forma regular.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/363/requerimento_no_022-2025_licitacao.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/363/requerimento_no_022-2025_licitacao.docx</t>
   </si>
   <si>
     <t>Requeiro, por meio deste, solicitar informações sobre a atual situação da aquisição do trator agrícola e da roçadeira hidráulica, conforme previsto no Pregão Eletrônico nº 39/2025._x000D_
 Solicita-se que seja informado:_x000D_
 •	Se os equipamentos já foram adquiridos e entregues;_x000D_
 •	Em caso negativo, qual o estágio atual do processo de aquisição;_x000D_
 •	E a previsão para que os referidos equipamentos sejam efetivamente disponibilizados para as demandas do município.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/364/requerimento_no_023-2025_limpeza_bairro_rufatto.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/364/requerimento_no_023-2025_limpeza_bairro_rufatto.docx</t>
   </si>
   <si>
     <t>Requeiro, por meio deste, que a Prefeitura Municipal através do setor competente realize a limpeza no loteamento Rufatto.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>Marcos Antônio Valandro, Ana Maria Zanini, Jonas Maria de Oliveira, Laura Southier, Luiz Carlos de Souza Vieira Lopes</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/376/requerimento_no_024-2025_relatorios_financeiros.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/376/requerimento_no_024-2025_relatorios_financeiros.docx</t>
   </si>
   <si>
     <t>Requeiro, por meio deste, que a Prefeitura Municipal informe a esta Casa de Leis a real e atual situação financeira do Município de Renascença, compreendendo o período de 01 de janeiro de 2025 até a presente data, para fins de transparência e controle social, solicita-se que as informações sejam apresentadas de forma clara, objetiva e detalhada, contemplando, entre outros aspectos:_x000D_
 1.	Evolução da receita e da despesa pública no período mencionado, discriminadas por categoria econômica (corrente e de capital);_x000D_
 2.	Situação do caixa municipal, incluindo saldo bancário atual e eventuais aplicações financeiras;_x000D_
 3.	Endividamento do Município, com indicação de dívidas de curto, médio e longo prazo;_x000D_
 4.	Informações sobre eventuais limites legais, nos termos da Lei de Responsabilidade Fiscal;_x000D_
 5.	Demonstrativo da capacidade de investimento do Município no exercício vigente;_x000D_
 6.	Especificação sobre a existência de superávit financeiro apurado no exercício de 2025, ainda que parcial, bem como eventu</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/377/requerimento_no_025-2025_licitacao_transporte.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/377/requerimento_no_025-2025_licitacao_transporte.docx</t>
   </si>
   <si>
     <t>Requeiro, por meio deste, informações sobre a licitação destinada ao serviço de transporte escolar:_x000D_
 1.	Quais foram as empresas vencedoras do certame?_x000D_
 2.	As empresas estão cumprindo todas as exigências estabelecidas no edital?_x000D_
 3.	Quando foi assinado o contrato, foi realizada a vistoria dos ônibus? Esses ônibus que estão rodando são os mesmos que passaram pela vistoria?</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/378/requerimento_no_026-2025_viaja_mais_60.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/378/requerimento_no_026-2025_viaja_mais_60.docx</t>
   </si>
   <si>
     <t>Requeiro, por meio deste, que a Prefeitura Municipal através do setor competente encaminhe a está Casa de Leis, informações sobre o valor de R$ 25.000,00 (vinte e cinco mil reais), já existentes no caixa da Prefeitura e que deveriam ser destinados ao Projeto: "Viaja Mais 60 Paraná". Diante do exposto, solicito quando a entidade poderá utilizar esse recurso?</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>Ana Maria Zanini, Antônio da Rosa Trindade, Charles Werner, Gilmar Schmidt, Jonas Maria de Oliveira, Laura Southier, Luana Stiz, Luiz Carlos de Souza Vieira Lopes, Marcos Antônio Valandro</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/382/requerimento_no_027-2025.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/382/requerimento_no_027-2025.docx</t>
   </si>
   <si>
     <t>com fundamento no art. 67 da Constituição Federal, combinado com o artigo 70 da Constituição do Estado do Paraná e o art. 64 da Lei Orgânica de Renascença, submetem ao Plenário desta Casa de Leis o presente requerimento, para seja apreciado na 34ª Sessão Ordinária, a realizar-se em 16 de setembro de 2025, objetivando autorização para reapresentação e a regular tramitação do Projeto de Lei nº 54, de 03 de setembro de 2025, que dispõe sobre alteração da estrutura de cargos efetivos da Lei 1.098, de 09 de dezembro de 2009 e dá outras providências, o qual tem por finalidade aumentar o número de vagas para os cargos de Enfermeiro (01 vaga), Escriturário (01 vaga), Fisioterapeuta (01 vaga), Técnico de Enfermagem (02 vagas) e criar o cargo de Auditor Fiscal de Tributos (01 vaga), possibilitando, assim, que o projeto seja novamente apreciado por esta Casa de Leis.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>Charles Werner, Antônio da Rosa Trindade</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/383/requerimento_no_028-2025_iptu.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/383/requerimento_no_028-2025_iptu.docx</t>
   </si>
   <si>
     <t>Requeiro, por meio deste, que a Prefeitura Municipal através do setor competente encaminhe a está Casa de Leis, informações sobre a cobrança do IPTU._x000D_
 1.	Quais eram os valores cobrados anteriormente à aplicação da nova Planta Genérica de Valores (PGV), especificando todos os bairros, quadras e lotes;_x000D_
 2.	Quais são os valores atuais, após a atualização da PGV, detalhando da mesma forma bairros quadras e lotes;_x000D_
 3.	Quais foram os principais critérios adotados para a atualização da cobrança;</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/384/requerimento_no_029-2025projeto_reforma_lago.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/384/requerimento_no_029-2025projeto_reforma_lago.docx</t>
   </si>
   <si>
     <t>Requeiro, por meio deste, que a Prefeitura Municipal através do setor competente encaminhe a está Casa de Leis, informações sobre a execução da obra de revitalização do restaurante do Lago Yara, juntamente com cópia do projeto e do contrato.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/385/requerimento_no_030-2025_contrato_reforma_escola.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/385/requerimento_no_030-2025_contrato_reforma_escola.docx</t>
   </si>
   <si>
     <t>Requeremos, por meio deste, que a Prefeitura Municipal através do setor competente encaminhe a está Casa de Leis, as seguintes documentações:_x000D_
 •	Cópia do contrato referente à obra de cobertura da Escola Municipal Professora Ida Kummer;_x000D_
 •	Projeto técnico e/ou arquitetônico da referida cobertura.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>Marcos Antônio Valandro, Antônio da Rosa Trindade, Jonas Maria de Oliveira, Laura Southier, Luana Stiz, Luiz Carlos de Souza Vieira Lopes</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/390/requerimento_no_31-2025_urgencia_especial_1.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/390/requerimento_no_31-2025_urgencia_especial_1.docx</t>
   </si>
   <si>
     <t>OS VEREADORES QUE A ESTA SUBSCREVEM, NO USO DE SUAS ATRIBUIÇÕES LEGAIS E REGIMENTAIS, APRESENTAM A SEGUINTE PROPOSIÇÃO, A SER APRECIADA E VOTADA PELOS SEUS PARES, REQUEREM:_x000D_
 _x000D_
 Requeremos, ouvido o Plenário, nos termos dos artigos 120, inciso I, 121 e 122, inciso I, alínea “b”, do Regimento Interno desta Casa de Leis, a tramitação em REGIME DE URGÊNCIA ESPECIAL para apreciação e votação do Projeto de Lei n.º 063/2025, de 10 de outubro de 2025, de autoria do Poder Executivo, que autoriza abertura de crédito adicional especial no valor de R$ 345.000,00 (trezentos e quarenta e cinco mil reais) no Plano Plurianual-PPA, na Lei de Diretrizes Orçamentárias-LDO, e na Lei Orçamentária Anual – LOA, para o Exercício Financeiro de 2025.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>Marcos Antônio Valandro, Gilmar Schmidt, Jonas Maria de Oliveira, Laura Southier</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/391/requerimento_no_032-2025_futsal.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/391/requerimento_no_032-2025_futsal.docx</t>
   </si>
   <si>
     <t>Requeiro, por meio deste, que a Prefeitura Municipal através do setor competente encaminhe a está Casa de Leis, as seguintes documentações:_x000D_
 1.	Confirmação de repasse do recurso público destinado à Associação do Time de Futsal de Renascença;_x000D_
 2.	Informações detalhadas sobre a finalidade do recurso (ex: pagamento de atletas, transporte, uniformes, competições etc.);_x000D_
 3.	Prestação de contas completa do valor repassado, com:_x000D_
 o	Notas fiscais;_x000D_
 o	Comprovantes de pagamento;_x000D_
 o	Relatório das atividades realizadas com os recursos;_x000D_
 o	Cronograma de execução (se houver);_x000D_
 o	Relatório de fiscalização do município (caso exista)._x000D_
 4.	Informar se houve acompanhamento ou auditoria por parte da Prefeitura ou outro órgão de controle interno.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/392/requerimento_no_033-2025_boliche.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/392/requerimento_no_033-2025_boliche.docx</t>
   </si>
   <si>
     <t>Reitero pedido anterior do Requerimento nº009-2025, para que o Executivo Municipal através do setor competente, verifique a possibilidade de realizar uma nova licitação para a concessão do prédio público conhecido como "Boliche", bem como sua reforma e readequação para o uso da população e visitantes do município de Renascença.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>Requeiro, que a Prefeitura Municipal através do setor competente solicite providências quanto ao assoreamento do Lago Municipal Yara, que vem reduzindo significativamente sua capacidade de armazenamento e a expansão natural da água. Solicito que a Prefeitura Municipal realize estudos técnicos e adoção de medidas para conter o avanço do assoreamento. O acúmulo de sedimentos no leito do lago tem causado o avanço do assoreamento, prejudicando o equilíbrio ambiental, comprometendo a qualidade da água, reduzindo a profundidade e afetando o uso do local para lazer, pesca, turismo e demais atividades da comunidade.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>Requeremos, ouvido o Plenário, nos termos dos artigos 120, inciso I, 121 e 122, inciso I, alínea “b”, do Regimento Interno desta Casa de Leis, a tramitação em REGIME DE URGÊNCIA ESPECIAL para apreciação e votação do Projeto de Lei n.º 082/2025, de 04 de dezembro de 2025, de autoria do Poder Executivo, o qual altera dispositivos da Lei Municipal nº 1.506 de 28 de setembro de 2016, que “autorizada o Poder Executivo a proceder a Concessão da edificação destinada à exploração da atividade de bar e lanchonete junto ao Lago Municipal de Renascença, e dá outras providencias”.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>POR</t>
   </si>
   <si>
     <t>Portaria</t>
   </si>
   <si>
     <t>Ana Maria Zanini</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/332/portaria_no001-2025_concessao_de_ferias.pdf</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/332/portaria_no001-2025_concessao_de_ferias.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de férias coletivas para os servidores da Câmara Municipal de Vereadores de Renascença, Estado do Paraná.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/333/portaria_no002-2025_nomeia_membros_comissoes.pdf</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/333/portaria_no002-2025_nomeia_membros_comissoes.pdf</t>
   </si>
   <si>
     <t>NOMEIA MEMBROS PARA COMPOR AS COMISSÕES PERMANENTES DO PODER LEGISLATIVO.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/334/portaria_no003-2025_nomeia_ouvidor-geral.pdf</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/334/portaria_no003-2025_nomeia_ouvidor-geral.pdf</t>
   </si>
   <si>
     <t>Nomeia Ouvidor-Geral da Câmara Municipal de Vereadores de Renascença - Estado do Paraná e designa responsável pelas atividades administrativas da Ouvidoria da Câmara Municipal.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/335/portaria_no004-2025_nomeia_agente_de_contratacao.pdf</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/335/portaria_no004-2025_nomeia_agente_de_contratacao.pdf</t>
   </si>
   <si>
     <t>Nomeia Agente de Contratação no âmbito do Legislativo Municipal derivadas da Lei Federal nº 14.133/2021.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/336/portaria_no005-2025_dispoe_sobre_nomeacao_de_fiscal_de_contratos.pdf</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/336/portaria_no005-2025_dispoe_sobre_nomeacao_de_fiscal_de_contratos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre nomeação de Fiscal de Contratos da Câmara Municipal de Renascença e dá outras providências.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/337/portaria_no006-2025_nomeia_membro_da_procuradoria_da_mulher.pdf</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/337/portaria_no006-2025_nomeia_membro_da_procuradoria_da_mulher.pdf</t>
   </si>
   <si>
     <t>Nomeia membro da Procuradoria da Mulher da Câmara Municipal.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Atos da Presidência</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/365/ato_da_presidencia_no001-2025_convoca_sessao_extraordinaria-recesso.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/365/ato_da_presidencia_no001-2025_convoca_sessao_extraordinaria-recesso.docx</t>
   </si>
   <si>
     <t>Convoca Sessões Extraordinárias.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/366/ato_da_presidencia_no_002-2025_ponto_facultativo.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/366/ato_da_presidencia_no_002-2025_ponto_facultativo.docx</t>
   </si>
   <si>
     <t>Estabelece ponto facultativo no âmbito do Poder Legislativo Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/367/ato_da_presidencia_no_003-2025_ponto_facultativo.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/367/ato_da_presidencia_no_003-2025_ponto_facultativo.docx</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/368/ato_da_presidencia_no_004-2025_ponto_facultativo.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/368/ato_da_presidencia_no_004-2025_ponto_facultativo.docx</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/369/ato_da_presidencia_no005-2025_convoca_sessao_extraordinaria.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/369/ato_da_presidencia_no005-2025_convoca_sessao_extraordinaria.docx</t>
   </si>
   <si>
     <t>Convoca Sessão Extraordinária.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/370/ato_da_presidencia_no006-2025_convoca_sessao_extraordinaria.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/370/ato_da_presidencia_no006-2025_convoca_sessao_extraordinaria.docx</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/371/ato_da_presidencia_no_007-2025_ponto_facultativo.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/371/ato_da_presidencia_no_007-2025_ponto_facultativo.docx</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/372/ato_da_presidencia_no008-2025_convoca_sessao_extraordinaria.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/372/ato_da_presidencia_no008-2025_convoca_sessao_extraordinaria.docx</t>
   </si>
   <si>
     <t>Convoca Sessão Extraordinária</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/398/ato_da_presidencia_no_009-2025_ponto_facultativo.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/398/ato_da_presidencia_no_009-2025_ponto_facultativo.docx</t>
   </si>
   <si>
     <t>Estabelece Ponto Facultativo.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/399/ato_da_presidencia_no010-2025_convoca_sessao_extraordinaria.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/399/ato_da_presidencia_no010-2025_convoca_sessao_extraordinaria.docx</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>RES</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/400/resolucao_no001_de_06_de_marco_de_2025.pdf</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/400/resolucao_no001_de_06_de_marco_de_2025.pdf</t>
   </si>
   <si>
     <t>Disciplina o uso de telefone celular durante as sessões e reuniões da Câmara Municipal de Vereadores de Renascença-PR.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>DEC</t>
   </si>
   <si>
     <t>Decretos</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/338/decreto_no001-2025_aprova_as_contas_de_responsabilidade_do_senhor_idalir_zanella.pdf</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/338/decreto_no001-2025_aprova_as_contas_de_responsabilidade_do_senhor_idalir_zanella.pdf</t>
   </si>
   <si>
     <t>Aprova as contas de responsabilidade do senhor Idalir João Zanella, relativas ao exercício financeiro de 2023 e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1580,68 +1580,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/304/indicacao_no_001-2025_ampliacao_rede_de_esgoto.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/305/indicacao_no_002-2025_tubos_de_concreto.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/306/indicacao_no_003-2025_troca_de_lampadas.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/307/indicacao_no_004-2025_travessia_na_marginal.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/308/indicacao_no_005-2025_cascalho.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/309/indicacao_no_006-2025_linha_bandeirantes.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/318/indicacao_no_007-2025_estradas.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/319/indicacao_no_008-2025_placas_de_sinalizacao.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/320/indicacao_no_009-2025_calcadas.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/323/indicacao_no_010-2025_melhorias_estradas.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/324/indicacao_no_011-2025_melhorias_estradas.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/325/indicacao_no_012-2025_placas_identificacao_interior.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/326/indicacao_no_013-2025_calcamento.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/327/indicacao_no_015-2025_barrinha.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/328/indicacao_no_016-2025_faixa_elevada.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/329/indicacao_no_017-2025_poda_de_arvores.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/330/indicacao_no_018-2025_estradas.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/339/indicacao_no_019-2025_plano_cargos.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/344/indicacao_no_020-2025_auxilio_estudantil.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/345/indicacao_no_021-2025_melhorias_nas_ruas.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/346/indicacao_no_022-2025_regularizacao_urbanista.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/347/indicacao_no_023-2025_projeto_de_estacionamento.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/348/indicacao_no_024-2025_programa_estado.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/350/requerimento_no_017-2025_der.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/351/indicacao_no_025-2025_cascalho.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/352/indicacao_no_027-2025_iluminacao.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/353/indicacao_no_028-2025_iluminacao.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/354/indicacao_no_029-2025_cascalho.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/355/indicacao_no_030-2025_lombadas.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/356/indicacao_no_031-2025_lombada.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/357/indicacao_no_032-2025_iluminacao.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/373/indicacao_no_033-2025_faixa_elevada.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/374/indicacao_no_034-2025.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/375/indicacao_no_035-2025_rota_alternativa.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/379/indicacao_no_036-2025_estacionamento_taxi.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/380/indicacao_no_037-2025_pintura_de_faixas.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/381/indicacao_no_038-2025_ponto_de_onibus.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/386/indicacao_no_039-2025_ciclista.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/387/indicacao_no_040-2025_lixeiras.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/388/indicacao_no_041-2025_salarios_servidoras.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/389/indicacao_no_042-2025_vida_ativa-_idosos.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/395/indicacao_no_043-2025_wi-fi.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/396/indicacao_no_044-2025_melhoria_bueiros.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/397/indicacao_no_045-2025_torre.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/310/requerimento_no001-025_de_diligencia_projetos.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/311/requerimento_no_002-2025_pocos_assentamento_joao_de_paula.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/312/requerimento_no_003-2025_verba_leandre.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/313/requerimento_no_004-2025_pontos_de_onibus.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/314/requerimento_no_005-2025_trabalhadores_tercerizados.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/315/requerimento_no_006-2025_viaja_mais_60_parana.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/316/requerimento_no_007-2025_cargos.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/317/requerimento_no_008-2025_cras.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/321/requerimento_no_009-2025_boliche.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/322/requerimento_no_010-2025_lanchonete_lago.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/331/requerimento_no_011-2025_escolinha.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/341/requerimento_no_013-2025_adiamento_de_votacao.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/342/requerimento_no_014-2025_auxilio_transp..docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/343/requerimento_no_015-2025_correios.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/349/requerimento_no_016-2025_criterios_casas_populares.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/358/requerimento_no_017-2025_der.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/359/requerimento_no_018-2025_banheiro-campo.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/360/requerimento_019.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/361/requerimento_no_020-2025_convoca_secretario_tribuna.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/362/requerimento_no_021-2025_telefonista.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/363/requerimento_no_022-2025_licitacao.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/364/requerimento_no_023-2025_limpeza_bairro_rufatto.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/376/requerimento_no_024-2025_relatorios_financeiros.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/377/requerimento_no_025-2025_licitacao_transporte.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/378/requerimento_no_026-2025_viaja_mais_60.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/382/requerimento_no_027-2025.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/383/requerimento_no_028-2025_iptu.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/384/requerimento_no_029-2025projeto_reforma_lago.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/385/requerimento_no_030-2025_contrato_reforma_escola.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/390/requerimento_no_31-2025_urgencia_especial_1.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/391/requerimento_no_032-2025_futsal.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/392/requerimento_no_033-2025_boliche.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/332/portaria_no001-2025_concessao_de_ferias.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/333/portaria_no002-2025_nomeia_membros_comissoes.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/334/portaria_no003-2025_nomeia_ouvidor-geral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/335/portaria_no004-2025_nomeia_agente_de_contratacao.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/336/portaria_no005-2025_dispoe_sobre_nomeacao_de_fiscal_de_contratos.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/337/portaria_no006-2025_nomeia_membro_da_procuradoria_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/365/ato_da_presidencia_no001-2025_convoca_sessao_extraordinaria-recesso.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/366/ato_da_presidencia_no_002-2025_ponto_facultativo.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/367/ato_da_presidencia_no_003-2025_ponto_facultativo.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/368/ato_da_presidencia_no_004-2025_ponto_facultativo.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/369/ato_da_presidencia_no005-2025_convoca_sessao_extraordinaria.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/370/ato_da_presidencia_no006-2025_convoca_sessao_extraordinaria.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/371/ato_da_presidencia_no_007-2025_ponto_facultativo.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/372/ato_da_presidencia_no008-2025_convoca_sessao_extraordinaria.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/398/ato_da_presidencia_no_009-2025_ponto_facultativo.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/399/ato_da_presidencia_no010-2025_convoca_sessao_extraordinaria.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/400/resolucao_no001_de_06_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/338/decreto_no001-2025_aprova_as_contas_de_responsabilidade_do_senhor_idalir_zanella.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/304/indicacao_no_001-2025_ampliacao_rede_de_esgoto.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/305/indicacao_no_002-2025_tubos_de_concreto.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/306/indicacao_no_003-2025_troca_de_lampadas.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/307/indicacao_no_004-2025_travessia_na_marginal.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/308/indicacao_no_005-2025_cascalho.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/309/indicacao_no_006-2025_linha_bandeirantes.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/318/indicacao_no_007-2025_estradas.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/319/indicacao_no_008-2025_placas_de_sinalizacao.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/320/indicacao_no_009-2025_calcadas.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/323/indicacao_no_010-2025_melhorias_estradas.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/324/indicacao_no_011-2025_melhorias_estradas.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/325/indicacao_no_012-2025_placas_identificacao_interior.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/326/indicacao_no_013-2025_calcamento.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/327/indicacao_no_015-2025_barrinha.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/328/indicacao_no_016-2025_faixa_elevada.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/329/indicacao_no_017-2025_poda_de_arvores.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/330/indicacao_no_018-2025_estradas.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/339/indicacao_no_019-2025_plano_cargos.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/344/indicacao_no_020-2025_auxilio_estudantil.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/345/indicacao_no_021-2025_melhorias_nas_ruas.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/346/indicacao_no_022-2025_regularizacao_urbanista.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/347/indicacao_no_023-2025_projeto_de_estacionamento.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/348/indicacao_no_024-2025_programa_estado.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/350/requerimento_no_017-2025_der.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/351/indicacao_no_025-2025_cascalho.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/352/indicacao_no_027-2025_iluminacao.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/353/indicacao_no_028-2025_iluminacao.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/354/indicacao_no_029-2025_cascalho.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/355/indicacao_no_030-2025_lombadas.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/356/indicacao_no_031-2025_lombada.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/357/indicacao_no_032-2025_iluminacao.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/373/indicacao_no_033-2025_faixa_elevada.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/374/indicacao_no_034-2025.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/375/indicacao_no_035-2025_rota_alternativa.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/379/indicacao_no_036-2025_estacionamento_taxi.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/380/indicacao_no_037-2025_pintura_de_faixas.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/381/indicacao_no_038-2025_ponto_de_onibus.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/386/indicacao_no_039-2025_ciclista.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/387/indicacao_no_040-2025_lixeiras.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/388/indicacao_no_041-2025_salarios_servidoras.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/389/indicacao_no_042-2025_vida_ativa-_idosos.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/395/indicacao_no_043-2025_wi-fi.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/396/indicacao_no_044-2025_melhoria_bueiros.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/397/indicacao_no_045-2025_torre.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/310/requerimento_no001-025_de_diligencia_projetos.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/311/requerimento_no_002-2025_pocos_assentamento_joao_de_paula.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/312/requerimento_no_003-2025_verba_leandre.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/313/requerimento_no_004-2025_pontos_de_onibus.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/314/requerimento_no_005-2025_trabalhadores_tercerizados.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/315/requerimento_no_006-2025_viaja_mais_60_parana.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/316/requerimento_no_007-2025_cargos.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/317/requerimento_no_008-2025_cras.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/321/requerimento_no_009-2025_boliche.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/322/requerimento_no_010-2025_lanchonete_lago.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/331/requerimento_no_011-2025_escolinha.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/341/requerimento_no_013-2025_adiamento_de_votacao.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/342/requerimento_no_014-2025_auxilio_transp..docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/343/requerimento_no_015-2025_correios.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/349/requerimento_no_016-2025_criterios_casas_populares.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/358/requerimento_no_017-2025_der.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/359/requerimento_no_018-2025_banheiro-campo.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/360/requerimento_019.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/361/requerimento_no_020-2025_convoca_secretario_tribuna.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/362/requerimento_no_021-2025_telefonista.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/363/requerimento_no_022-2025_licitacao.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/364/requerimento_no_023-2025_limpeza_bairro_rufatto.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/376/requerimento_no_024-2025_relatorios_financeiros.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/377/requerimento_no_025-2025_licitacao_transporte.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/378/requerimento_no_026-2025_viaja_mais_60.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/382/requerimento_no_027-2025.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/383/requerimento_no_028-2025_iptu.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/384/requerimento_no_029-2025projeto_reforma_lago.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/385/requerimento_no_030-2025_contrato_reforma_escola.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/390/requerimento_no_31-2025_urgencia_especial_1.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/391/requerimento_no_032-2025_futsal.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/392/requerimento_no_033-2025_boliche.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/332/portaria_no001-2025_concessao_de_ferias.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/333/portaria_no002-2025_nomeia_membros_comissoes.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/334/portaria_no003-2025_nomeia_ouvidor-geral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/335/portaria_no004-2025_nomeia_agente_de_contratacao.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/336/portaria_no005-2025_dispoe_sobre_nomeacao_de_fiscal_de_contratos.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/337/portaria_no006-2025_nomeia_membro_da_procuradoria_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/365/ato_da_presidencia_no001-2025_convoca_sessao_extraordinaria-recesso.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/366/ato_da_presidencia_no_002-2025_ponto_facultativo.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/367/ato_da_presidencia_no_003-2025_ponto_facultativo.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/368/ato_da_presidencia_no_004-2025_ponto_facultativo.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/369/ato_da_presidencia_no005-2025_convoca_sessao_extraordinaria.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/370/ato_da_presidencia_no006-2025_convoca_sessao_extraordinaria.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/371/ato_da_presidencia_no_007-2025_ponto_facultativo.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/372/ato_da_presidencia_no008-2025_convoca_sessao_extraordinaria.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/398/ato_da_presidencia_no_009-2025_ponto_facultativo.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/399/ato_da_presidencia_no010-2025_convoca_sessao_extraordinaria.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/400/resolucao_no001_de_06_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2025/338/decreto_no001-2025_aprova_as_contas_de_responsabilidade_do_senhor_idalir_zanella.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H98"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="166.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="154.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="153.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>