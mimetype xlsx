--- v0 (2025-12-11)
+++ v1 (2026-03-23)
@@ -54,732 +54,732 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Fabieli Manfredi, Adão Petriz de Oliveira, Everson Antônio Tedesco, Gilmar Schmidt, Jonas Maria de Oliveira, Marcos Antônio Valandro, Míria Beatriz Cozer Manfredi</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/247/indicacao_no_001-2024_conserto_ruas.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/247/indicacao_no_001-2024_conserto_ruas.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente verifique a possibilidade de intervenção buscando a prevenção de acidentes na esquina entre as Ruas Wenceslau Braz e Prudente de Morais.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Everson Antônio Tedesco, Adão Petriz de Oliveira, Fabieli Manfredi, Gilmar Schmidt, Jonas Maria de Oliveira, Marcos Antônio Valandro, Míria Beatriz Cozer Manfredi</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/248/indicacao_no_002-2024_camera_seguranca.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/248/indicacao_no_002-2024_camera_seguranca.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente verifique a possibilidade de instalação de uma câmera de segurança acoplada no ultimo poste da Avenida Castelo Branco.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Jonas Maria de Oliveira, Adão Petriz de Oliveira, Everson Antônio Tedesco, Fabieli Manfredi, Gilmar Schmidt, Marcos Antônio Valandro</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/249/indicacao_no_003-2024_banheiro_campo_sintetico.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/249/indicacao_no_003-2024_banheiro_campo_sintetico.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente verifique a possibilidade da construção de um banheiro no campo sintético localizado atrás do CMEI na Rua Marechal Floriano Peixoto.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Everson Antônio Tedesco, Fabieli Manfredi, Gilmar Schmidt, Marcos Antônio Valandro</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/250/indicacao_no_004-2024_lombadas_ruas.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/250/indicacao_no_004-2024_lombadas_ruas.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente verifique a possibilidade de construir lombadas nas Ruas: Amelia Rodrigues da Silva Colombo (em frente as residências nº116 e nº122) e Rua Marechal Hermes da Fonseca (atrás da APAE em frente a residência de nº113).</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/251/indicacao_no_005-2024_bueiros.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/251/indicacao_no_005-2024_bueiros.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente verifique a possibilidade de construção de um bueiro no final da Rua Amelia Rodrigues da Silva Colombo e Rua Zeferino Caovilla.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Adão Petriz de Oliveira, Everson Antônio Tedesco, Fabieli Manfredi, Gilmar Schmidt, Jonas Maria de Oliveira, Luiz Carlos de Souza Vieira Lopes, Marcos Antônio Valandro, Míria Beatriz Cozer Manfredi, Vanderson Rodrigo Zanini</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/267/indicacao_no_006-2024_pescaria_lago.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/267/indicacao_no_006-2024_pescaria_lago.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente verifique a possibilidade de incluir no calendário a Pesca Esportiva no Parque Yara Mãe D’água-Lago Municipal, como fez em anos anteriores.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Marcos Antônio Valandro, Gilmar Schmidt, Jonas Maria de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/282/indicacao_no_007-2024_festividades.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/282/indicacao_no_007-2024_festividades.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente verifique a possibilidade de incluir no calendário festividades de aniversário do Município, e também festividades de final de ano no Parque Yara Mãe D’água-Lago Municipal.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Vanderson Rodrigo Zanini, Adão Petriz de Oliveira, Everson Antônio Tedesco, Fabieli Manfredi, Gilmar Schmidt, Jonas Maria de Oliveira, Marcos Antônio Valandro</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/283/indicacao_no_008-2024_carros_antigos.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/283/indicacao_no_008-2024_carros_antigos.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através da Secretaria de Cultura, verifique a possibilidade de promover “Encontro de Carros Antigos’’ no Município de Renascença.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Fabieli Manfredi</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/284/indicacao_no_009-2024_campanhas_educativas.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/284/indicacao_no_009-2024_campanhas_educativas.doc</t>
   </si>
   <si>
     <t>Os maus-tratos aos animais são uma questão de saúde pública e bem-estar social que requerem atenção e ação efetiva. Além disso, a quantificação dos animais domésticos na cidade é essencial para o planejamento e implementação de políticas públicas de saúde, controle de zoonoses e bem-estar animal.  A conscientização sobre os maus-tratos e o controle populacional de animais domésticos são passos fundamentais para um trabalho preventivo aos casos de violência.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Jonas Maria de Oliveira, Everson Antônio Tedesco, Fabieli Manfredi, Marcos Antônio Valandro</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/290/indicacao_no_010-2024_linha_sta_izabel.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/290/indicacao_no_010-2024_linha_sta_izabel.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente, verifique a possibilidade de reformar uma galeria já existente na Linha Santa Izabel. A melhoria da obra proporcionara uma vazão maior da água, evitando alagamentos.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Fabieli Manfredi, Everson Antônio Tedesco, Míria Beatriz Cozer Manfredi</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/293/indicacao_no_011-2024_atividade_fisica_interior.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/293/indicacao_no_011-2024_atividade_fisica_interior.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente verifique a possibilidade de extensão do grupo de atividades físicas até às comunidades do interior.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Jonas Maria de Oliveira, Everson Antônio Tedesco, Fabieli Manfredi, Gilmar Schmidt, Marcos Antônio Valandro, Míria Beatriz Cozer Manfredi</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/294/indicacao_no_012-2024_placa.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/294/indicacao_no_012-2024_placa.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente verifique a possibilidade da colocação de uma placa na Linha XV de Novembro, logo na entrada onde dá acesso aos assentamentos, com nomes indicando o caminho e a distância de cada localidade.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Adão Petriz de Oliveira, Everson Antônio Tedesco, Gilmar Schmidt, Marcos Antônio Valandro</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/299/indicacao_no_013-2024_vigas_santana.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/299/indicacao_no_013-2024_vigas_santana.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente verifique a possibilidade da colocação de vigas para aumentar a dimensão da ponte na Linha Santana.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Luiz Carlos de Souza Vieira Lopes, Adão Petriz de Oliveira, Everson Antônio Tedesco, Fabieli Manfredi, Gilmar Schmidt, Jonas Maria de Oliveira, Marcos Antônio Valandro, Míria Beatriz Cozer Manfredi, Vanderson Rodrigo Zanini</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/235/requerimento_no_001-2024_informacoes_sobre_licitacao.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/235/requerimento_no_001-2024_informacoes_sobre_licitacao.docx</t>
   </si>
   <si>
     <t>Requeremos, que o Executivo Municipal através do setor competente, encaminhe a está casa de leis, informações sobre o andamento da licitação que consiste na Reforma do prédio do Centro de Referência de Assistência Social - CRAS - Valor destinado pelas Emendas Impositivas.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>Marcos Antônio Valandro</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/254/requerimento_no_003-2023_sanepar.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/254/requerimento_no_003-2023_sanepar.docx</t>
   </si>
   <si>
     <t>Requeiro, que a SANEPAR – Companhia de Saneamento do Paraná, unidade de Renascença/ PR, esclareça alguns questionamentos sobre falta de água no município, especialmente no Bairro Zanella. Outra dúvida constante é o valor da fatura que muitas vezes não corresponde ao que foi gasto.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>Marcos Antônio Valandro, Adão Petriz de Oliveira, Everson Antônio Tedesco, Fabieli Manfredi, Gilmar Schmidt, Jonas Maria de Oliveira, Luiz Carlos de Souza Vieira Lopes, Míria Beatriz Cozer Manfredi, Vanderson Rodrigo Zanini</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/269/requerimento_no_004-2023_lanchonete_lago.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/269/requerimento_no_004-2023_lanchonete_lago.docx</t>
   </si>
   <si>
     <t>Requeiro, que o Executivo Municipal, através do setor competente, encaminhe informações de como esta o processo de retomada da Lanchonete do Lago Municipal, que foi concedido em comodato para empresa que ganhou a concessão e não cumpriu com suas obrigações firmado com o poder público.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>Fabieli Manfredi, Adão Petriz de Oliveira, Everson Antônio Tedesco, Jonas Maria de Oliveira, Míria Beatriz Cozer Manfredi</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/275/requerimento_no_005-2023_diagnostico_tea.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/275/requerimento_no_005-2023_diagnostico_tea.docx</t>
   </si>
   <si>
     <t>Requeiro, que o Executivo Municipal, através do setor competente, encaminhe a esta casa de leis, informações sobre a necessidade de apresentar na rede de escola municipal o laudo de médico do SUS para embasar o diagnóstico de TEA e demais tratativas para o atendimento do aluno.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/276/requerimento_no_006-2024_informacoes_sobre_licitacao.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/276/requerimento_no_006-2024_informacoes_sobre_licitacao.docx</t>
   </si>
   <si>
     <t>Reiterando o requerimento nº001/2024 apresentado em 05 de Março de 2024. Requeremos, que o Executivo Municipal através do setor competente, encaminhe a está casa de leis, informações sobre o andamento da licitação que consiste na Reforma do prédio do Centro de Referência de Assistência Social - CRAS - Valor destinado pelas Emendas Impositivas.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>Gilmar Schmidt, Adão Petriz de Oliveira, Everson Antônio Tedesco, Fabieli Manfredi, Jonas Maria de Oliveira, Luiz Carlos de Souza Vieira Lopes, Marcos Antônio Valandro, Vanderson Rodrigo Zanini</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/277/requerimento_no_007-2024_der.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/277/requerimento_no_007-2024_der.docx</t>
   </si>
   <si>
     <t>REQUEIRO a V.Exa. ouvido o Colendo Plenário, com o intuito de aumentar a segurança de motoristas, ciclistas e pedestres que utilizam o trevo diariamente, a instalação de medidores de velocidade, e placas de aviso em pontos mais perigosos no trevo que da acesso ao município de Renascença-PR.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>Gilmar Schmidt, Adão Petriz de Oliveira, Everson Antônio Tedesco, Fabieli Manfredi, Jonas Maria de Oliveira, Luiz Carlos de Souza Vieira Lopes, Marcos Antônio Valandro, Míria Beatriz Cozer Manfredi, Vanderson Rodrigo Zanini</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/278/requerimento_no_008-2024_pocos_artesianos.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/278/requerimento_no_008-2024_pocos_artesianos.docx</t>
   </si>
   <si>
     <t>Requeiro, que o Executivo Municipal, através do setor competente, encaminhe a esta casa de leis, informações sobre o andamento de serviços de Saneamento no Assentamento João de Paula. Se a Licitação esta em andamento qual seria o numero de protocolo para consulta.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>Luiz Carlos de Souza Vieira Lopes, Gilmar Schmidt, Jonas Maria de Oliveira, Marcos Antônio Valandro</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/</t>
   </si>
   <si>
     <t>REGIME DE URGÊNCIA ESPECIAL</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>Luiz Carlos de Souza Vieira Lopes, Adão Petriz de Oliveira, Everson Antônio Tedesco, Fabieli Manfredi, Gilmar Schmidt, Jonas Maria de Oliveira, Marcos Antônio Valandro, Vanderson Rodrigo Zanini</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/285/requerimento_no_010-2024_lixeira.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/285/requerimento_no_010-2024_lixeira.docx</t>
   </si>
   <si>
     <t>Requeiro, que o Executivo Municipal, através do setor competente, encaminhe a esta Casa de Leis, informações sobre o recolhimento de lixo da Linha XV de Novembro. Atualmente a lixeira que se encontra no local é inadequada para quantidade de lixo descartado, e o excesso desse lixo está transbordando causando uma série de problemas como mal cheiro e sujeira distribuída pelos animais.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>Requeiro, que o Executivo Municipal, através do setor competente, encaminhe a esta Casa de Leis, informações sobre o planejamento das ações quando às políticas públicas referentes a castração de animais.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/287/requerimento_no_012-2024_maus_tratos_de_animais.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/287/requerimento_no_012-2024_maus_tratos_de_animais.docx</t>
   </si>
   <si>
     <t>Requeiro, que o Executivo Municipal, através do setor competente, encaminhe a esta Casa de Leis, informações sobre a estruturação das medidas referentes a Lei Municipal 1.782 de 11 de Abril de 2022.  Quais medidas já estão sendo realizadas, se já existe canal de denúncias, qual a fase de organização das ações previstas na referida Lei e quais ações estão sendo previstas, bem como, cronograma de planejamento de tais ações.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/296/requerimento_no_013-2024_barranco_bairo_cristo_rei.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/296/requerimento_no_013-2024_barranco_bairo_cristo_rei.docx</t>
   </si>
   <si>
     <t>Requeiro, que o Executivo Municipal, através do setor competente, encaminhe a esta Casa de Leis, informações sobre quais pedidos ou protocolos já foram realizados e/ou aprovados referente à situação de um barranco de terra situado atrás das casas e de uma empresa de costura no Bairro Cristo Rei? Qual é a situação atual desse barranco e que medidas de segurança estão sendo ou serão adotadas para prevenir um possível desabamento, considerando o risco iminente à vida das famílias e crianças que residem nas proximidades? Existe algum estudo técnico ou laudo de avaliação do risco de desabamento nesse local? Se sim, encaminhar cópia dos documentos pertinentes. Quais as ações e o cronograma previsto pela Prefeitura Municipal para solucionar essa situação de risco?</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/298/requerimento_no_014-2024_iluminacao_canela.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/298/requerimento_no_014-2024_iluminacao_canela.docx</t>
   </si>
   <si>
     <t>Requeiro, que o Executivo Municipal, através do setor competente, realize reparos na iluminação pública na Linha Canela.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Luiz Carlos de Souza Vieira Lopes</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/300/requerimento_no_015-2024_calcario.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/300/requerimento_no_015-2024_calcario.docx</t>
   </si>
   <si>
     <t>Requeiro, que o Executivo Municipal, através do setor competente, encaminhe à essa casa de Leis informações sobre a Lei vigente no município no que se refere a distribuição de calcário.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/245/projeto_de_lei_do_legislativo_no_001-2024_recomposicao_subsidios_agentes_politicos.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/245/projeto_de_lei_do_legislativo_no_001-2024_recomposicao_subsidios_agentes_politicos.docx</t>
   </si>
   <si>
     <t>Concede recomposição inflacionária nos subsídios dos agentes políticos do Município de Renascença, Estado do Paraná.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/246/projeto_de_lei_do_legislativo_no_02-2024_recomposicao_saltarial_servidores_legisaltivo.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/246/projeto_de_lei_do_legislativo_no_02-2024_recomposicao_saltarial_servidores_legisaltivo.docx</t>
   </si>
   <si>
     <t>Concede recomposição inflacionária aos servidores efetivos e comissionados do Poder Legislativo de Renascença-PR e dá outras providências.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/257/projeto_de_lei_do_legislativo_no_003-2024_institui_a_semana_municipal_de_conscientizacao_do_transtorno_do_espectro_autista.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/257/projeto_de_lei_do_legislativo_no_003-2024_institui_a_semana_municipal_de_conscientizacao_do_transtorno_do_espectro_autista.docx</t>
   </si>
   <si>
     <t>Institui a Semana Municipal de Conscientização do Transtorno do Espectro Autista, no Município de Renascença e dá outras providências.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/274/projeto_de_lei_do_legislativo_no_004-2024_termo_de_cooperacao_tecnica.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/274/projeto_de_lei_do_legislativo_no_004-2024_termo_de_cooperacao_tecnica.docx</t>
   </si>
   <si>
     <t>Dispõe sobre o Termo de Cooperação Técnica que entre si celebram o Poder Legislativo e o Poder Executivo do Município de Renascença-Pr, visando à cessão de servidores e da equipe e estrutura de Licitação do Poder Executivo Municipal no que concerne à realização de procedimento licitatório com fulcro na Lei nº 14.133/2021 e estabelece outras providências.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/291/projeto_de_lei_do_legislativo_no_005-2024_subsidios_prefeito_vice_e_secretarios.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/291/projeto_de_lei_do_legislativo_no_005-2024_subsidios_prefeito_vice_e_secretarios.docx</t>
   </si>
   <si>
     <t>Dispõe sobre o Subsídio do Prefeito, Vice-Prefeito e dos Secretários Municipais do Município de Renascença para a Legislatura 2025 a 2028.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Everson Antônio Tedesco</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/273/projeto_de_lei_complementar_no001-2024-_drogas_ilicitas.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/273/projeto_de_lei_complementar_no001-2024-_drogas_ilicitas.docx</t>
   </si>
   <si>
     <t>Estabelece regras de policia administrativa para o combate ao uso de drogas ilícitas no município de Renascença.</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto do Legislativo</t>
   </si>
   <si>
     <t>Marcos Antônio Valandro, Everson Antônio Tedesco, Jonas Maria de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/292/projeto_de_decreto_legislativo_n_01-2024_prestacao_de_contas_2022_e_parecer.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/292/projeto_de_decreto_legislativo_n_01-2024_prestacao_de_contas_2022_e_parecer.docx</t>
   </si>
   <si>
     <t>(AUTORIA: COMISSÃO DE FINANÇAS E ORÇAMENTO, composta pelos vereadores Marcos Antônio Valandro - Presidente, Everson Antônio Tedesco – Vice-Presidente e Jonas Maria de Oliveira- Secretário)._x000D_
 _x000D_
 _x000D_
 Aprova as contas de responsabilidade do Prefeito Municipal, Senhor Idalir João Zanella, relativas ao exercício financeiro de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/243/projeto_de_resolucao_n_01-2024_recomposicao_subsidios_vereadores.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/243/projeto_de_resolucao_n_01-2024_recomposicao_subsidios_vereadores.docx</t>
   </si>
   <si>
     <t>Concede recomposição inflacionária dos subsídios do Presidente e dos Vereadores da Câmara Municipal de Renascença, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>POR</t>
   </si>
   <si>
     <t>Portaria</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/240/portaria_no_001-2024_nomeia_comissoes_permanentes.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/240/portaria_no_001-2024_nomeia_comissoes_permanentes.docx</t>
   </si>
   <si>
     <t>NOMEIA MEMBROS PARA COMPOR AS COMISSÕES PERMANENTES DO PODER LEGISLATIVO.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/241/portaria_no_002-2024_ouvidoria.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/241/portaria_no_002-2024_ouvidoria.docx</t>
   </si>
   <si>
     <t>Nomeia Ouvidor-Geral da Câmara Municipal de Vereadores de Renascença - Estado do Paraná e designa responsável pelas atividades administrativas da Ouvidoria da Câmara Municipal.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/242/portaria_no_003-2024_agente_de_contratacao.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/242/portaria_no_003-2024_agente_de_contratacao.docx</t>
   </si>
   <si>
     <t>Nomeia Agente de Contratação no âmbito do Legislativo Municipal derivadas da Lei Federal nº 14.133/2021.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/252/portaria_no_004-2024_fiscal_de_contrato.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/252/portaria_no_004-2024_fiscal_de_contrato.docx</t>
   </si>
   <si>
     <t>Dispõe sobre nomeação de Fiscal de Contratos da Câmara Municipal de Renascença e dá outras providências.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/258/portaria_no_005-2024_diaria_aline.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/258/portaria_no_005-2024_diaria_aline.doc</t>
   </si>
   <si>
     <t>Concede diária ao Servidor que especifica e dá outras providências._x000D_
 Luiz Carlos de Souza Vieira Lopes, Presidente da Câmara Municipal, no uso de suas atribuições legais, em consonância com o disposto na Lei 1.672, de 19 de março de 2020.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/259/portaria_no_006-2024_diaria_igo.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/259/portaria_no_006-2024_diaria_igo.doc</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Atos da Presidência</t>
   </si>
   <si>
     <t>Estabelece ponto facultativo no âmbito do Poder Legislativo Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/237/ato_da_presidencia_no_002-2024_convocasessao_extraordinaria.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/237/ato_da_presidencia_no_002-2024_convocasessao_extraordinaria.docx</t>
   </si>
   <si>
     <t>Convoca Sessão Extraordinária</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/238/ato_da_presidencia_no_003-2024_tabelas.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/238/ato_da_presidencia_no_003-2024_tabelas.docx</t>
   </si>
   <si>
     <t>Atualiza a tabela de vencimentos dos servidores efetivos e ocupante de cargo comissionado do Poder Legislativo de Renascença-Pr</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/239/ato_da_presidencia_no_004-2024_reajusta_os_valores_da_gratificacao_gpefapen.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/239/ato_da_presidencia_no_004-2024_reajusta_os_valores_da_gratificacao_gpefapen.docx</t>
   </si>
   <si>
     <t>Reajusta os valores da gratificação autorizada pela Lei n' 1837, de 30 de março de 2023.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/253/ato_da_presidencia_no_005-2024_ponto_facultativo.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/253/ato_da_presidencia_no_005-2024_ponto_facultativo.docx</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/255/ato_da_presidencia_no_006-2024_convocasessao_extraordinaria.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/255/ato_da_presidencia_no_006-2024_convocasessao_extraordinaria.docx</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/256/ato_da_presidencia_no_007-2024_convocasessao_extraordinaria_retificacao.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/256/ato_da_presidencia_no_007-2024_convocasessao_extraordinaria_retificacao.docx</t>
   </si>
   <si>
     <t>retificação-convoca sessão extraordinária</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/268/ato_da_presidencia_no_008-2024_convocasessao_extraordinaria.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/268/ato_da_presidencia_no_008-2024_convocasessao_extraordinaria.docx</t>
   </si>
   <si>
     <t>O Presidente da Câmara Municipal de Renascença, no uso de suas atribuições legais que lhe confere o artigo 10, II, “g” e artigo 107, §1º e §3º do Regimento Interno com a  redação dada pela Resolução nº007 de 09 de dezembro de 2020, combinado com o art. 35, II, da Lei Orgânica do Município.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/270/ato_da_presidencia_no009-2024_ponto_facultativo.pdf</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/270/ato_da_presidencia_no009-2024_ponto_facultativo.pdf</t>
   </si>
   <si>
     <t>Estabelece Ponto Facultativo no âmbito do Poder Legislativo Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/272/ato_da_presidencia_no_010-2024_prestacao_contas.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/272/ato_da_presidencia_no_010-2024_prestacao_contas.docx</t>
   </si>
   <si>
     <t>Ato da Presidência</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A SUSPENSÃO DO USO DA TRIBUNA DURANTE O PERÍODO ELEITORAL.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/295/ato_da_presidencia_no012-2024_convoca_sessao_extraordinaria.pdf</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/295/ato_da_presidencia_no012-2024_convoca_sessao_extraordinaria.pdf</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/297/ato_da_presidencia_no_013-2024_ponto_facultativo.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/297/ato_da_presidencia_no_013-2024_ponto_facultativo.docx</t>
   </si>
   <si>
     <t>Estabelece Ponto Facultativo</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/301/ato_da_presidencia_no_014-2024_sessao_solene.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/301/ato_da_presidencia_no_014-2024_sessao_solene.docx</t>
   </si>
   <si>
     <t>Art. 1º - Convocar os Senhores Vereadores para a Sessão Solene a realizar-se no dia 04 de dezembro de 2024, às 14:00 horas, na ocasião será entregue a premiação aos estudantes contemplados no ‘’Projeto Estudante Nota 10’’ do ano letivo de 2024</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/302/ato_da_presidencia_no_015-2024_recesso_administrativo.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/302/ato_da_presidencia_no_015-2024_recesso_administrativo.docx</t>
   </si>
   <si>
     <t>Art. 1° Estabelece recesso funcional no âmbito da Câmara Municipal de Renascença no período compreendido do dia 23 de dezembro de 2024 a 03 de janeiro de 2025.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/303/ato_da_presidencia_no_016-2024_convocasessao_extraordinaria.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/303/ato_da_presidencia_no_016-2024_convocasessao_extraordinaria.docx</t>
   </si>
   <si>
     <t>Art. 1º - Ficam os nobres Vereadores convocados para a Sessão Extraordinária a realizar-se no dia 10 de dezembro de 2024, logo após o encerramento da 45ª Sessão Ordinária de 2024, com finalidade de deliberar o seguinte: _x000D_
 I - Projeto de Lei do Executivo Municipal nº041, de 02 de dezembro de 2024, que autoriza a Concessão de Direito Real de Uso à título gratuito de áreas de imóveis urbanos à Companhia de Saneamento do Paraná- SANEPAR e da outras providências._x000D_
 II - Projeto de Lei do Legislativo nº006, de 26 de novembro de 2024, que declara de Utilidade Pública a Associação de Pais de Autistas de Renascença-PR APAAR e da outras providências.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>RES</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/244/resolucao_n_01-2024_recomposicao_subsidios_vereadores.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/244/resolucao_n_01-2024_recomposicao_subsidios_vereadores.docx</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/271/resolucao_no002-2024_regulamenta_lei_federal_14.129-2021..pdf</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/271/resolucao_no002-2024_regulamenta_lei_federal_14.129-2021..pdf</t>
   </si>
   <si>
     <t>Regulamenta a aplicação da Lei Federal nº14.129/2021 e institui o Programa Governo Digital no âmbito do Poder Legislativo Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/279/resolucao_n_003-2024_fixa_subsidios_dos_vereadores.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/279/resolucao_n_003-2024_fixa_subsidios_dos_vereadores.docx</t>
   </si>
   <si>
     <t>Fixa os subsídios dos Vereadores e do Presidente da Câmara do Município de Renascença para a Legislatura de 2025 a 2028.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/280/resolucao_004-2024_fixa_subsidios_dos_vereadores_revoga_003.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/280/resolucao_004-2024_fixa_subsidios_dos_vereadores_revoga_003.docx</t>
   </si>
   <si>
     <t>Fixa os subsídios dos Vereadores e do Presidente da Câmara do Município de Renascença para a Legislatura de 2025 a 2028; e revoga a Resolução n.º 003, de 26 de junho de 2024.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1086,68 +1086,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/247/indicacao_no_001-2024_conserto_ruas.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/248/indicacao_no_002-2024_camera_seguranca.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/249/indicacao_no_003-2024_banheiro_campo_sintetico.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/250/indicacao_no_004-2024_lombadas_ruas.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/251/indicacao_no_005-2024_bueiros.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/267/indicacao_no_006-2024_pescaria_lago.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/282/indicacao_no_007-2024_festividades.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/283/indicacao_no_008-2024_carros_antigos.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/284/indicacao_no_009-2024_campanhas_educativas.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/290/indicacao_no_010-2024_linha_sta_izabel.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/293/indicacao_no_011-2024_atividade_fisica_interior.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/294/indicacao_no_012-2024_placa.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/299/indicacao_no_013-2024_vigas_santana.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/235/requerimento_no_001-2024_informacoes_sobre_licitacao.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/254/requerimento_no_003-2023_sanepar.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/269/requerimento_no_004-2023_lanchonete_lago.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/275/requerimento_no_005-2023_diagnostico_tea.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/276/requerimento_no_006-2024_informacoes_sobre_licitacao.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/277/requerimento_no_007-2024_der.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/278/requerimento_no_008-2024_pocos_artesianos.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/285/requerimento_no_010-2024_lixeira.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/287/requerimento_no_012-2024_maus_tratos_de_animais.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/296/requerimento_no_013-2024_barranco_bairo_cristo_rei.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/298/requerimento_no_014-2024_iluminacao_canela.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/300/requerimento_no_015-2024_calcario.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/245/projeto_de_lei_do_legislativo_no_001-2024_recomposicao_subsidios_agentes_politicos.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/246/projeto_de_lei_do_legislativo_no_02-2024_recomposicao_saltarial_servidores_legisaltivo.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/257/projeto_de_lei_do_legislativo_no_003-2024_institui_a_semana_municipal_de_conscientizacao_do_transtorno_do_espectro_autista.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/274/projeto_de_lei_do_legislativo_no_004-2024_termo_de_cooperacao_tecnica.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/291/projeto_de_lei_do_legislativo_no_005-2024_subsidios_prefeito_vice_e_secretarios.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/273/projeto_de_lei_complementar_no001-2024-_drogas_ilicitas.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/292/projeto_de_decreto_legislativo_n_01-2024_prestacao_de_contas_2022_e_parecer.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/243/projeto_de_resolucao_n_01-2024_recomposicao_subsidios_vereadores.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/240/portaria_no_001-2024_nomeia_comissoes_permanentes.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/241/portaria_no_002-2024_ouvidoria.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/242/portaria_no_003-2024_agente_de_contratacao.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/252/portaria_no_004-2024_fiscal_de_contrato.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/258/portaria_no_005-2024_diaria_aline.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/259/portaria_no_006-2024_diaria_igo.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/237/ato_da_presidencia_no_002-2024_convocasessao_extraordinaria.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/238/ato_da_presidencia_no_003-2024_tabelas.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/239/ato_da_presidencia_no_004-2024_reajusta_os_valores_da_gratificacao_gpefapen.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/253/ato_da_presidencia_no_005-2024_ponto_facultativo.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/255/ato_da_presidencia_no_006-2024_convocasessao_extraordinaria.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/256/ato_da_presidencia_no_007-2024_convocasessao_extraordinaria_retificacao.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/268/ato_da_presidencia_no_008-2024_convocasessao_extraordinaria.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/270/ato_da_presidencia_no009-2024_ponto_facultativo.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/272/ato_da_presidencia_no_010-2024_prestacao_contas.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/295/ato_da_presidencia_no012-2024_convoca_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/297/ato_da_presidencia_no_013-2024_ponto_facultativo.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/301/ato_da_presidencia_no_014-2024_sessao_solene.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/302/ato_da_presidencia_no_015-2024_recesso_administrativo.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/303/ato_da_presidencia_no_016-2024_convocasessao_extraordinaria.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/244/resolucao_n_01-2024_recomposicao_subsidios_vereadores.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/271/resolucao_no002-2024_regulamenta_lei_federal_14.129-2021..pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/279/resolucao_n_003-2024_fixa_subsidios_dos_vereadores.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/280/resolucao_004-2024_fixa_subsidios_dos_vereadores_revoga_003.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/247/indicacao_no_001-2024_conserto_ruas.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/248/indicacao_no_002-2024_camera_seguranca.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/249/indicacao_no_003-2024_banheiro_campo_sintetico.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/250/indicacao_no_004-2024_lombadas_ruas.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/251/indicacao_no_005-2024_bueiros.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/267/indicacao_no_006-2024_pescaria_lago.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/282/indicacao_no_007-2024_festividades.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/283/indicacao_no_008-2024_carros_antigos.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/284/indicacao_no_009-2024_campanhas_educativas.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/290/indicacao_no_010-2024_linha_sta_izabel.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/293/indicacao_no_011-2024_atividade_fisica_interior.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/294/indicacao_no_012-2024_placa.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/299/indicacao_no_013-2024_vigas_santana.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/235/requerimento_no_001-2024_informacoes_sobre_licitacao.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/254/requerimento_no_003-2023_sanepar.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/269/requerimento_no_004-2023_lanchonete_lago.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/275/requerimento_no_005-2023_diagnostico_tea.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/276/requerimento_no_006-2024_informacoes_sobre_licitacao.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/277/requerimento_no_007-2024_der.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/278/requerimento_no_008-2024_pocos_artesianos.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/285/requerimento_no_010-2024_lixeira.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/287/requerimento_no_012-2024_maus_tratos_de_animais.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/296/requerimento_no_013-2024_barranco_bairo_cristo_rei.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/298/requerimento_no_014-2024_iluminacao_canela.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/300/requerimento_no_015-2024_calcario.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/245/projeto_de_lei_do_legislativo_no_001-2024_recomposicao_subsidios_agentes_politicos.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/246/projeto_de_lei_do_legislativo_no_02-2024_recomposicao_saltarial_servidores_legisaltivo.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/257/projeto_de_lei_do_legislativo_no_003-2024_institui_a_semana_municipal_de_conscientizacao_do_transtorno_do_espectro_autista.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/274/projeto_de_lei_do_legislativo_no_004-2024_termo_de_cooperacao_tecnica.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/291/projeto_de_lei_do_legislativo_no_005-2024_subsidios_prefeito_vice_e_secretarios.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/273/projeto_de_lei_complementar_no001-2024-_drogas_ilicitas.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/292/projeto_de_decreto_legislativo_n_01-2024_prestacao_de_contas_2022_e_parecer.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/243/projeto_de_resolucao_n_01-2024_recomposicao_subsidios_vereadores.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/240/portaria_no_001-2024_nomeia_comissoes_permanentes.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/241/portaria_no_002-2024_ouvidoria.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/242/portaria_no_003-2024_agente_de_contratacao.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/252/portaria_no_004-2024_fiscal_de_contrato.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/258/portaria_no_005-2024_diaria_aline.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/259/portaria_no_006-2024_diaria_igo.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/237/ato_da_presidencia_no_002-2024_convocasessao_extraordinaria.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/238/ato_da_presidencia_no_003-2024_tabelas.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/239/ato_da_presidencia_no_004-2024_reajusta_os_valores_da_gratificacao_gpefapen.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/253/ato_da_presidencia_no_005-2024_ponto_facultativo.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/255/ato_da_presidencia_no_006-2024_convocasessao_extraordinaria.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/256/ato_da_presidencia_no_007-2024_convocasessao_extraordinaria_retificacao.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/268/ato_da_presidencia_no_008-2024_convocasessao_extraordinaria.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/270/ato_da_presidencia_no009-2024_ponto_facultativo.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/272/ato_da_presidencia_no_010-2024_prestacao_contas.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/295/ato_da_presidencia_no012-2024_convoca_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/297/ato_da_presidencia_no_013-2024_ponto_facultativo.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/301/ato_da_presidencia_no_014-2024_sessao_solene.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/302/ato_da_presidencia_no_015-2024_recesso_administrativo.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/303/ato_da_presidencia_no_016-2024_convocasessao_extraordinaria.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/244/resolucao_n_01-2024_recomposicao_subsidios_vereadores.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/271/resolucao_no002-2024_regulamenta_lei_federal_14.129-2021..pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/279/resolucao_n_003-2024_fixa_subsidios_dos_vereadores.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2024/280/resolucao_004-2024_fixa_subsidios_dos_vereadores_revoga_003.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H62"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="199.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="194.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="193.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>