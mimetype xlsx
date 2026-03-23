--- v0 (2025-12-11)
+++ v1 (2026-03-23)
@@ -54,947 +54,947 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Jonas Maria de Oliveira, Everson Antônio Tedesco, Fabieli Manfredi, Míria Beatriz Cozer Manfredi</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/161/indicacao_no_001-2023.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/161/indicacao_no_001-2023.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente verifique a possibilidade de  colocação de tubo na estrada que liga as linhas: Anjo da Guarda sentido à Baulândia, no cruzamento da estrada rural que da acesso as lavouras.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Marcos Antônio Valandro, Gilmar Schmidt</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/162/indicacao_no_002-2023.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/162/indicacao_no_002-2023.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente verifique a possibilidade de  sinalizar o trecho da Rua Marechal Hermes da Fonseca em frente ao trevo. O pedido de asfaltamento feito através da Indicação nº043/2021 foi atendido.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/163/indicacao_no_003-2023.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/163/indicacao_no_003-2023.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente verifique a possibilidade de  antecipação da área institucional, para abertura da Rua Nereu Ramos que esta faltando, ao final dela com a esquina da rua Rodrigues Alves até o Bairro Zanella. Esse local não tem acesso adequado e atualmente o acesso é pela lavoura.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/165/indicacao_no_005-2023.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/165/indicacao_no_005-2023.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente verifique a possibilidade de colocação de placas de identificação dos assentamentos/linhas do nosso município que são eles:_x000D_
 -Capinzal;_x000D_
 -Nova Geração;_x000D_
 -Santa Rita;_x000D_
 -Sete de Setembro;_x000D_
 -João de Paula;_x000D_
 -Jaciretã;_x000D_
 -Santa Tereza;_x000D_
 -Quebra Braço;_x000D_
 -Karl Marx 01 e 02;_x000D_
 -Novo Horizonte;_x000D_
 -São Jorge;_x000D_
 -Santo Antônio;_x000D_
 -Santa Terezinha.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Marcos Antônio Valandro, Adão Petriz de Oliveira, Gilmar Schmidt, Vanderson Rodrigo Zanini</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/167/indicacao_no_006-2023_lixeiras_comunitarias_interior.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/167/indicacao_no_006-2023_lixeiras_comunitarias_interior.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente verifique a possibilidade de instalação de lixeiras comunitárias com ponto de coleta de lixo reciclável nas comunidades do interior do município, onde ainda não foram instaladas.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Vanderson Rodrigo Zanini, Adão Petriz de Oliveira, Everson Antônio Tedesco, Fabieli Manfredi, Gilmar Schmidt, Jonas Maria de Oliveira, Marcos Antônio Valandro, Míria Beatriz Cozer Manfredi</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/168/indicacao_no_007-2023_seguranca_nas_escolas.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/168/indicacao_no_007-2023_seguranca_nas_escolas.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente verifique a possibilidade de tornar o acesso interno dos alunos ao Ginásio Ida Kummer único, atualmente as crianças entram no ginásio pela calçada em frente ao CRAS. E também a instalação de detector de metais nas portas de entrada da Escola.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Jonas Maria de Oliveira, Fabieli Manfredi, Míria Beatriz Cozer Manfredi</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/174/indicacao_no_008-2023_lixeiras.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/174/indicacao_no_008-2023_lixeiras.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente verifique a possibilidade de trocar as atuais lixeiras do município por lixeiras maiores de maior suporte, como as lixeiras com tampa estilo container.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Vanderson Rodrigo Zanini, Adão Petriz de Oliveira, Gilmar Schmidt, Luiz Carlos de Souza Vieira Lopes, Marcos Antônio Valandro</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/177/indicacao_no_009-2023_rua.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/177/indicacao_no_009-2023_rua.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente verifique a possibilidade melhorias de trafegabilidade e segurança na Rua Zeferino Caovilla Bairro Santa Maria.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Luiz Carlos de Souza Vieira Lopes</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/178/indicacao_no_010-2023_passarela.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/178/indicacao_no_010-2023_passarela.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente verifique a possibilidade de construir uma passarela que garanta a segurança dos moradores ao atravessarem a BR dos Bairros: Associação e Santa Maria.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Fabieli Manfredi, Everson Antônio Tedesco, Jonas Maria de Oliveira, Maria Aparecida Prates de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/179/indicacao_no_011-2023_aguas_dancantes.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/179/indicacao_no_011-2023_aguas_dancantes.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente verifique a possibilidade de promover a cultura, turismo e lazer através do projeto: águas dançantes no espaço municipal Lago Yara.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Maria Aparecida Prates de Oliveira, Jonas Maria de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/180/indicacao_no_012-2023_tunel_acesso_area_industrial.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/180/indicacao_no_012-2023_tunel_acesso_area_industrial.doc</t>
   </si>
   <si>
     <t>Tendo em vista a duplicação da BR no Trevo da cidade, sugerimos que o Executivo Municipal através do setor competente, verifique a possibilidade da construção de um túnel de acesso a área industrial para pedestres e ciclistas.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Marcos Antônio Valandro, Adão Petriz de Oliveira, Gilmar Schmidt, Luiz Carlos de Souza Vieira Lopes, Vanderson Rodrigo Zanini</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/185/indicacao_no_013-2023_asfalto_rio_elias.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/185/indicacao_no_013-2023_asfalto_rio_elias.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através do setor competente, verifique a possibilidade de reparos  na estrada que da acesso ao Rio Elias.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/187/indicacao_no_014-2023_calcadas.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/187/indicacao_no_014-2023_calcadas.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através do setor competente, verifique a possibilidade de construção de calçadas adequadas ao passeio público, na Rua Costa e Silva, em frente ao Ginásio a Escola Ida Kummer e ao CRAS.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/192/indicacao_no_015-2023_banheiros_cemiterios.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/192/indicacao_no_015-2023_banheiros_cemiterios.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente verifique a viabilidade de melhorias no cemitério municipal de Renascença. Como a construção de banheiros públicos, feminino e masculino.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/193/indicacao_no_016-2023_ponto_onibus.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/193/indicacao_no_016-2023_ponto_onibus.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente verifique a possibilidade de reconstruir pontos de ônibus que foram danificados com pavimentação asfáltica no Quebra Braço, João de Paula e São Brás onde há crianças que aguardam o transporte escolar.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/194/indicacao_no_017-2023_redutor_de_velocidade.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/194/indicacao_no_017-2023_redutor_de_velocidade.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, estude a possibilidade de colocar um redutor de velocidade (quebra-molas ou faixa elevada) na Rua Prudente de Moraes e na Rua Marechal Floriano Peixoto esquina com a Arthur Bernardes.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/229/indicacao_no_018-2023_iluminacao_publica.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/229/indicacao_no_018-2023_iluminacao_publica.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através do setor competente, verifique a possibilidade de instalação de três ou mais pontos de iluminação pública no final da Rua Campos Salles.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/164/requerimento_no_001-2023_informacoes_sobre_ruas.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/164/requerimento_no_001-2023_informacoes_sobre_ruas.docx</t>
   </si>
   <si>
     <t>Requeremos, que o Executivo Municipal através do setor competente, encaminhe a está casa de leis, informações sobre possíveis melhorias na Rua Presidente Jucelino entre a Avenida Castelo Branco e a Rua Rodrigues Alves. E também na entrada do Bairro Santa Maria  na Rua Jorge Scandolara.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>Vanderson Rodrigo Zanini, Adão Petriz de Oliveira, Everson Antônio Tedesco, Fabieli Manfredi, Gilmar Schmidt, Jonas Maria de Oliveira, Luiz Carlos de Souza Vieira Lopes, Marcos Antônio Valandro, Míria Beatriz Cozer Manfredi</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Requeremos, que o Executivo Municipal através do setor competente, encaminhe a está casa de leis, informações sobre associações beneficiadas com implementos agrícolas. Quantas associações são ao total e o que cada uma delas recebeu.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/169/requerimento_no_003-2023_sanepar.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/169/requerimento_no_003-2023_sanepar.docx</t>
   </si>
   <si>
     <t>que a SANEPAR – Companhia de Saneamento do Paraná, unidade de Renascença/ PR, Providencie conserto em pavimentação asfáltica. Na Rua: Prudente de Moraes._x000D_
 Atrás do Ginásio Mario Nardi. _x000D_
 Na Rua: Prudente de Moraes próximo a Escola Ida Kummer, em frente ao mercado LMS.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/170/requerimento_no_004-2023_correios.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/170/requerimento_no_004-2023_correios.docx</t>
   </si>
   <si>
     <t>Requeremos, que a Empresa Brasileira de Correios e Telégrafos - CORREIOS, encaminhe esclarecimentos sobre a ausência de entrega domiciliar de correspondências nos bairros do município. Os moradores estão sendo prejudicadas pela falta de entrega de correspondências.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>Everson Antônio Tedesco, Fabieli Manfredi, Jonas Maria de Oliveira, Míria Beatriz Cozer Manfredi</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/171/requerimento_no_005-2023_anatel.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/171/requerimento_no_005-2023_anatel.docx</t>
   </si>
   <si>
     <t>Requeremos, que a ANATEL – AGÊNCIA NACIONAL DE TELECOMUNICAÇÕES, avalie e fiscalize os sinais das operadoras de celular com abrangência no município de Renascença-PR.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/172/requerimento_no_006-2023_licenca_luiz.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/172/requerimento_no_006-2023_licenca_luiz.docx</t>
   </si>
   <si>
     <t>REQUEIRO, com fundamento no artigo 220 a 221 do Regimento Interno c/c art. 51 inciso II da Lei Orgânica Municipal, LICENÇA desta Casa de Leis para tratar de assuntos particulares a contar do dia 12 de abril de 2023 pelo período de  30 dias._x000D_
 Ainda, de acordo com o estabelecido no art. 223 do Regimento Interno combinado com o artigo 52 da Lei Orgânica Municipal, fica esta Casa de Leis ciente de que deverá convocar o suplente em virtude de minha licença.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>Míria Beatriz Cozer Manfredi</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/175/requerimento_no_007-2023_licenca_miria.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/175/requerimento_no_007-2023_licenca_miria.docx</t>
   </si>
   <si>
     <t>REQUEIRO, com fundamento no artigo 220 a 221 do Regimento Interno c/c art. 51 inciso II da Lei Orgânica Municipal, LICENÇA desta Casa de Leis para tratar de assuntos particulares a contar do dia 03 de maio de 2023 pelo período de  120 dias._x000D_
 Ainda, de acordo com o estabelecido no art. 223 do Regimento Interno combinado com o artigo 52 da Lei Orgânica Municipal, fica esta Casa de Leis ciente de que deverá convocar o suplente em virtude de minha licença.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>Jonas Maria de Oliveira, Everson Antônio Tedesco, Fabieli Manfredi</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/176/requerimento_no_008-2023_limpeza_rio.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/176/requerimento_no_008-2023_limpeza_rio.docx</t>
   </si>
   <si>
     <t>Requeremos, que o Executivo Municipal através do setor competente, encaminhe a está casa de leis, informações sobre o cronograma de limpeza e conservação no leito do Rio Calcanhar.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>Vanderson Rodrigo Zanini, Adão Petriz de Oliveira, Everson Antônio Tedesco, Fabieli Manfredi, Gilmar Schmidt, Jonas Maria de Oliveira, Luiz Carlos de Souza Vieira Lopes, Marcos Antônio Valandro, Maria Aparecida Prates de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/181/requerimento_no_009-2023_isalubridade_acs_e_ace.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/181/requerimento_no_009-2023_isalubridade_acs_e_ace.docx</t>
   </si>
   <si>
     <t>Requeremos, que o Executivo Municipal, através do setor competente, repasse a essa Casa de Leis, informações sobre o cumprimento da Lei nº13.342/2016 e também da Emenda Constitucional nº120 de 05 de maio de 2022, § 10. Informações referente ao  pagamento do adicional de insalubridade aos Agentes Comunitários de Saúde e de Combate as Endemias.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>Maria Aparecida Prates de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/182/requerimento_no_010-2023_programa_de_higiene.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/182/requerimento_no_010-2023_programa_de_higiene.docx</t>
   </si>
   <si>
     <t>Requeiro, que o Executivo Municipal, através do setor competente, repasse a essa Casa de Leis, informações sobre o cumprimento da Lei nº1.317 de 27 de junho de 2013, que criou o programa: "Garantir Higiene" que assegura a distribuição gratuita de fraldas geriátricas.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/184/requerimento_no_011-2023_der.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/184/requerimento_no_011-2023_der.docx</t>
   </si>
   <si>
     <t>REQUEREMOS a V.Exa. ouvido o Colendo Plenário, informações sobre a duplicação na BR no trevo de Renascença-PR. Viemos por meio desse requerimento solicitar pedido de informações à respeito de como ira acontecer o processo de pedagiamento, se vai ter a duplicação, pedágios, ou será aberto apenas uma terceira faixa. Outra dúvida é com relação as obras de segurança dos pedestres, se consta no projeto alguma trincheira, ciclo faixa passarelas ou viadutos.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>Jonas Maria de Oliveira, Everson Antônio Tedesco, Maria Aparecida Prates de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/186/requerimento_no_012-2023_calcamento_linha_sao_paulo.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/186/requerimento_no_012-2023_calcamento_linha_sao_paulo.docx</t>
   </si>
   <si>
     <t>Requeiro, que o Executivo Municipal, através do setor competente, repasse a essa Casa de Leis, informações sobre o calçamento na Linha São Paulo, se essa obra encontra-se paralisada  e se existe previsão de retomada.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/188/requerimento_no_013-2023_sanepar.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/188/requerimento_no_013-2023_sanepar.docx</t>
   </si>
   <si>
     <t>Requeiro, que a SANEPAR – Companhia de Saneamento do Paraná, unidade de Renascença/ PR, Providencie conserto/reparos na Rua Projetada C, no Bairro Associação.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>Fabieli Manfredi, Jonas Maria de Oliveira, Maria Aparecida Prates de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/189/requerimento_no_014-2023_autismo.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/189/requerimento_no_014-2023_autismo.docx</t>
   </si>
   <si>
     <t>Requeiro, que o Executivo Municipal através do setor competente, encaminhe a está casa de leis, informações sobre a demanda e o mapeamento detalhado dos casos que já obtiveram diagnóstico e casos em investigação do Transtorno do Espectro Autista (TEA),  bem como, dos demais transtornos do neurodesenvolvimento.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/190/requerimento_no_015-2023_professores.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/190/requerimento_no_015-2023_professores.docx</t>
   </si>
   <si>
     <t>Requeiro, que o Executivo Municipal através do setor competente, encaminhe a está casa de leis, informações sobre a organização do quadro de professores auxiliares na rede de ensino municipal. Quantos profissionais entre professores auxiliares e estagiários estão disponíveis para atender a demanda de alunos com Transtornos do neurodesenvolvimento. Bem como, o gasto mensal do município com estes profissionais.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>Jonas Maria de Oliveira, Fabieli Manfredi, Maria Aparecida Prates de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/191/requerimento_no_016-2023_estacionamento-posto.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/191/requerimento_no_016-2023_estacionamento-posto.docx</t>
   </si>
   <si>
     <t>Requeiro, que o Executivo Municipal através do setor competente, encaminhe a está casa de leis, informações sobre o projeto de estacionamento em frente ao novo Posto de Saúde, se terá pintura/demarcação com tinta para otimizar o espaço de veículos.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/195/requerimento_no_017-2023_pocos_artesianos.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/195/requerimento_no_017-2023_pocos_artesianos.docx</t>
   </si>
   <si>
     <t>Requeremos, que o Executivo Municipal através do setor competente, encaminhe a está casa de leis, informações sobre os poços artesianos da Linha São Paulo. Quando começaram qual a fonte de recurso e setor responsável pela obra na época.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>Fabieli Manfredi, Everson Antônio Tedesco, Jonas Maria de Oliveira</t>
   </si>
   <si>
     <t>Requeiro, que o Executivo Municipal através do setor competente, encaminhe a esta casa de leis, informações sobre o planejamento das ações quanto às políticas públicas referentes à castração de animais.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Fabieli Manfredi</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/197/requerimento_no_019-2023_dotacao.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/197/requerimento_no_019-2023_dotacao.docx</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora, nos termos regimentais, seja incluído nos planos orçamentários do município (PPA 2022-2025, LDO’s e LOA’s) uma dotação orçamentária específica para manutenção das atividades da Procuradoria da Mulher da Câmara Municipal de Vereadores de Renascença.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/198/requerimento_no_020-2023.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/198/requerimento_no_020-2023.docx</t>
   </si>
   <si>
     <t>Requeiro, que o Executivo Municipal através do setor competente, encaminhe a esta casa de leis, informações sobre o andamento do processo, de implantação de famílias acolhedoras no município de Renascença.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Vanderson Rodrigo Zanini, Adão Petriz de Oliveira, Gilmar Schmidt, Marcos Antônio Valandro</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/226/requerimento_no021_urgencia_especial.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/226/requerimento_no021_urgencia_especial.docx</t>
   </si>
   <si>
     <t>Requeremos, ouvido o Plenário, nos termos dos artigos 120, inciso I, 121 e 122, inciso I, alínea “b”, do Regimento Interno desta Casa de Leis, a tramitação em REGIME DE URGÊNCIA ESPECIAL para apreciação e votação da seguinte proposição:_x000D_
 _x000D_
 Projeto de Lei n.º 040/2023, que autoriza o Executivo Municipal a abrir crédito adicional especial no Plano Plurianual-PPA, na Lei de Diretrizes Orçamentárias-LDO, e na Lei Orçamentária Anual-LOA, para o exercício financeiro de 2023._x000D_
 .</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Marcos Antônio Valandro, Adão Petriz de Oliveira, Gilmar Schmidt, Jonas Maria de Oliveira, Vanderson Rodrigo Zanini</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/227/requerimento_no_022-2023_solicitacao_de_contrato_em_comodato.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/227/requerimento_no_022-2023_solicitacao_de_contrato_em_comodato.docx</t>
   </si>
   <si>
     <t>Requeiro, que o Executivo Municipal através do setor competente, encaminhe a esta casa de leis, cópia do contrato de comodato da empresa 89 Voox Industria de Roupas Ltda, CNPJ: 35.495.735/0001-18, que recebeu em Concessão Direito Real de Uso um imóvel e mais um barracão industrial, conforme autorização dada pela Lei nº 1.630 e Concorrência nº 012/2019.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Adão Petriz de Oliveira, Everson Antônio Tedesco, Gilmar Schmidt, Jonas Maria de Oliveira, Luiz Carlos de Souza Vieira Lopes, Marcos Antônio Valandro, Míria Beatriz Cozer Manfredi, Vanderson Rodrigo Zanini</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/228/requerimento_no_023-2023_der.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/228/requerimento_no_023-2023_der.docx</t>
   </si>
   <si>
     <t>REQUEREMOS a V.Exa. ouvido o Colendo Plenário, doação de resíduos provenientes das obras de recuperação asfáltica.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/230/requerimento_no_024-2023_empresa_89_voox.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/230/requerimento_no_024-2023_empresa_89_voox.docx</t>
   </si>
   <si>
     <t>Requeiro, que o Executivo Municipal através do setor competente, encaminhe a esta casa de leis, cópia dos relatórios emitidos pela empresa 89 Voox Industria de Roupas Ltda, CNPJ: 35.495.735/0001-18, que recebeu em Concessão Direito Real de Uso um imóvel e mais um barracão industrial, conforme autorização dada pela Lei nº 1.630 e Concorrência nº 012/2019.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Marcos Antônio Valandro, Gilmar Schmidt, Luiz Carlos de Souza Vieira Lopes, Vanderson Rodrigo Zanini</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/231/requerimento_no_025-2023_solicitacao_de_contrato_em_comodato_lago.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/231/requerimento_no_025-2023_solicitacao_de_contrato_em_comodato_lago.docx</t>
   </si>
   <si>
     <t>Requeiro, que o Executivo Municipal através do setor competente, encaminhe a esta casa de leis, cópia do contrato em comodato, de concessão da Lanchonete do Lago Municipal.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/232/requerimento_no_026-2023_bairro_zanella.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/232/requerimento_no_026-2023_bairro_zanella.docx</t>
   </si>
   <si>
     <t>Requeiro, que o Executivo Municipal através do setor competente, verifique a execução das obras de pavimentação de pavers em andamento no Bairro Zanella.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/233/requerimento_no_027-2023_pavers_escola_ida_kummer.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/233/requerimento_no_027-2023_pavers_escola_ida_kummer.docx</t>
   </si>
   <si>
     <t>Requeiro, que o Executivo Municipal através do setor competente, encaminhe a está casa de leis, informações sobre o andamento da solicitação feita através da Indicação nº 014/2023, a qual indica construção de calçadas adequadas ao passeio público, na Rua Costa e Silva, em frente ao Ginásio a Escola Ida Kummer e ao CRAS.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Adão Petriz de Oliveira, Everson Antônio Tedesco, Marcos Antônio Valandro, Vanderson Rodrigo Zanini</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/260/projeto_de_lei_do_legislativo_no_001-2023.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/260/projeto_de_lei_do_legislativo_no_001-2023.docx</t>
   </si>
   <si>
     <t>Concede revisão geral anual aos servidores do Poder Legislativo de Renascença-PR e dá outras providências.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>Vanderson Rodrigo Zanini, Adão Petriz de Oliveira, Everson Antônio Tedesco, Marcos Antônio Valandro</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/261/projeto_de_lei_n002-2023_concede_revisao_agentes_politicos.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/261/projeto_de_lei_n002-2023_concede_revisao_agentes_politicos.docx</t>
   </si>
   <si>
     <t>Concede recomposição nos subsídios dos agentes políticos do Município de Renascença, Estado do Paraná.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/262/projeto_de_lei_do_legislativo_no_003-2023.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/262/projeto_de_lei_do_legislativo_no_003-2023.docx</t>
   </si>
   <si>
     <t>Autoriza o Poder Legislativo a conceder gratificação mensal por encargo – GPEFAPEN a servidor efetivo da Câmara Municipal de Vereadores designado para compor o Comitê de Investimentos do Regime Próprio de Previdência Social de Renascença e dá outras providências.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/263/projeto_de_lei_do_legislativo_no_004-2023_diarias.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/263/projeto_de_lei_do_legislativo_no_004-2023_diarias.docx</t>
   </si>
   <si>
     <t>Altera o artigo 1º, inciso I, alínea “c” e o artigo 11 da Lei n.º 1.672, de 19 de março de 2020, para alterar o valor e o limite das diárias, e dá outras providências.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>Gilmar Schmidt, Adão Petriz de Oliveira, Luiz Carlos de Souza Vieira Lopes, Marcos Antônio Valandro, Vanderson Rodrigo Zanini</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/264/projeto_de_lei_do_legislativo_no_005-2023_declara_utilidade_publica.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/264/projeto_de_lei_do_legislativo_no_005-2023_declara_utilidade_publica.docx</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a ASSOCIAÇÃO DE AGRICULTORES SETE DE SETEMBRO e dá outras providências.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>Vanderson Rodrigo Zanini</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/265/projeto_de_lei_do_legislativo_no_006-2023_rua_otavio_padilha.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/265/projeto_de_lei_do_legislativo_no_006-2023_rua_otavio_padilha.docx</t>
   </si>
   <si>
     <t>“Denomina Rua Otavio Gonçalves Padilha a via pública que tem denominação provisória Rua 01, situada na Área Industrial II do município de Renascença e dá outras providências”.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/266/projeto_de_lei_no007-2023-_acamsop.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/266/projeto_de_lei_no007-2023-_acamsop.docx</t>
   </si>
   <si>
     <t>Autoriza o Poder Legislativo Municipal a filiar-se e a contribuir mensalmente com a Associação das Câmaras Municipais do Sudoeste do Paraná-ACAMSOP.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/173/projeto_de_resolucao_n001-2023_concede_revisao_vereadores_1.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/173/projeto_de_resolucao_n001-2023_concede_revisao_vereadores_1.docx</t>
   </si>
   <si>
     <t>Concede recomposição dos subsídios do Presidente e dos Vereadores da Câmara Municipal de Renascença, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/199/projeto_de_resolucao_n004-2023_lgpd.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/199/projeto_de_resolucao_n004-2023_lgpd.docx</t>
   </si>
   <si>
     <t>“Dispõe sobre a regulamentação da Lei Geral de Proteção de Dados – LGPD no âmbito da Câmara Municipal de Vereadores de Renascença e dá outras providências”.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>POR</t>
   </si>
   <si>
     <t>Portaria</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/205/portaria_no_001-2023_nomeia_comissoes_permanentes.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/205/portaria_no_001-2023_nomeia_comissoes_permanentes.docx</t>
   </si>
   <si>
     <t>NOMEIA MEMBROS PARA COMPOR AS COMISSÕES PERMANENTES DO PODER LEGISLATIVO</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>Concede gratificação por encargo a servidores efetivos da Câmara Municipal</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/207/portaria_no_003-2023_concede_gratificacao_gpefapen.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/207/portaria_no_003-2023_concede_gratificacao_gpefapen.docx</t>
   </si>
   <si>
     <t>Concede gratificação por encargo a servidores efetivos da Câmara Municipal de Vereadores de Renascença.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/208/portaria_no_004-2023_diaria_aline.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/208/portaria_no_004-2023_diaria_aline.doc</t>
   </si>
   <si>
     <t>Concede diária ao Servidor que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/209/portaria_no_005-2023_concede_licenca__e_substitui_membro_comissoes.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/209/portaria_no_005-2023_concede_licenca__e_substitui_membro_comissoes.docx</t>
   </si>
   <si>
     <t>Substitui membro para compor Comissões Permanentes da Câmara Municipal de Vereadores, enquanto perdurar licença do titular.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/210/portaria_no_006-2023_nomeia_comissoes_permanentes.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/210/portaria_no_006-2023_nomeia_comissoes_permanentes.docx</t>
   </si>
   <si>
     <t>NOMEIA MEMBROS PARA COMPOR AS COMISSÕES PERMANENTES DO PODER LEGISLATIVO.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/211/portaria_no_007-2023_diaria_aline.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/211/portaria_no_007-2023_diaria_aline.doc</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/212/portaria_no_008-2023_procuradoria_da_mulher.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/212/portaria_no_008-2023_procuradoria_da_mulher.docx</t>
   </si>
   <si>
     <t>NOMEIA MEMBRO DA PROCURADORIA DA MULHER  DA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/213/portaria_no_009-2023_fiscal_de_contrato.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/213/portaria_no_009-2023_fiscal_de_contrato.docx</t>
   </si>
   <si>
     <t>Dispõe sobre nomeação de Fiscal de Contratos da Câmara Municipal de Renascença e dá outras providências.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/214/portaria_no_010-2023_diaria_aline.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/214/portaria_no_010-2023_diaria_aline.doc</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>Concede diária ao Servidor que especifica e dá outras providências</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/216/portaria_no_012-2023_diaria_igo.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/216/portaria_no_012-2023_diaria_igo.doc</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Atos da Presidência</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/217/ato_da_presidencia_no_001-2023_ponto_facultativo.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/217/ato_da_presidencia_no_001-2023_ponto_facultativo.docx</t>
   </si>
   <si>
     <t>Estabelece ponto facultativo no âmbito do Poder Legislativo Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/218/ato_da_presidencia_no_002-2023_convocasessao_extraordinaria.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/218/ato_da_presidencia_no_002-2023_convocasessao_extraordinaria.docx</t>
   </si>
   <si>
     <t>Convoca Sessão Extraordinária.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/219/ato_da_presidencia_no_003-2023_convocasessao_extraordinaria.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/219/ato_da_presidencia_no_003-2023_convocasessao_extraordinaria.docx</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/220/ato_da_presidencia_n_004-2023_acordao.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/220/ato_da_presidencia_n_004-2023_acordao.docx</t>
   </si>
   <si>
     <t>Tornar público a quem possa interessar o Acórdão n.º 3137/22 – Segunda Câmara, referente ao processo n.º 174419/22, proferido pelo Tribunal de Contas do Estado do Paraná, julgando regular as contas da Câmara Municipal de Renascença, Estado do Paraná, referentes ao exercício financeiro de 2021.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/221/ato_da_presidencia_no_005-2023_convocasessao_extraordinaria.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/221/ato_da_presidencia_no_005-2023_convocasessao_extraordinaria.docx</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/222/ato_da_presidencia_no_006-2023_ponto_facultativo.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/222/ato_da_presidencia_no_006-2023_ponto_facultativo.docx</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/223/ato_da_presidencia_no_007-2023_convocasessao_extraordinaria.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/223/ato_da_presidencia_no_007-2023_convocasessao_extraordinaria.docx</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>Declara Luto Oficial de 3 (três) dias no âmbito do Poder Legislativo Municipal de Renascença-PR.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/225/ato_da_presidencia_no_009-2023_ponto_facultativo.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/225/ato_da_presidencia_no_009-2023_ponto_facultativo.docx</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/234/ato_da_presidencia_no_012-2022_sessao_solene.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/234/ato_da_presidencia_no_012-2022_sessao_solene.docx</t>
   </si>
   <si>
     <t>Convocar os Senhores Vereadores para a Sessão Solene a realizar-se no dia 22 de novembro de 2023, Quarta-Feira às 14:00 horas, ocasião que será entregue diplomas: "Estudante Nota 10", aos alunos das Escolas Municipal e Estadual de Renascença.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>RES</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/200/resolucao_n001-2023_concede_revisao_vereadores.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/200/resolucao_n001-2023_concede_revisao_vereadores.docx</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>Vanderson Rodrigo Zanini, Luiz Carlos de Souza Vieira Lopes</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/201/resolucao_n002-2023_concede_licenca_vereador_luiz_carlos.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/201/resolucao_n002-2023_concede_licenca_vereador_luiz_carlos.docx</t>
   </si>
   <si>
     <t>Concede licença ao Vereador Luiz Carlos de Souza Vieira Lopes para fins particulares, sem remuneração.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>Míria Beatriz Cozer Manfredi, Vanderson Rodrigo Zanini</t>
   </si>
   <si>
     <t>Concede licença a Vereadora Míria Beatriz Cozer Manfredi para fins particulares, sem remuneração.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/203/resolucao_n004-2023_lgpd.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/203/resolucao_n004-2023_lgpd.docx</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>DEC</t>
   </si>
   <si>
     <t>Decretos</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/204/decreto_legislativo_n_001-2023.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/204/decreto_legislativo_n_001-2023.docx</t>
   </si>
   <si>
     <t>Aprova as contas de responsabilidade do Prefeito Municipal, Senhor Idalir João Zanella, relativas ao exercício financeiro de 2021 e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1301,68 +1301,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/161/indicacao_no_001-2023.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/162/indicacao_no_002-2023.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/163/indicacao_no_003-2023.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/165/indicacao_no_005-2023.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/167/indicacao_no_006-2023_lixeiras_comunitarias_interior.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/168/indicacao_no_007-2023_seguranca_nas_escolas.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/174/indicacao_no_008-2023_lixeiras.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/177/indicacao_no_009-2023_rua.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/178/indicacao_no_010-2023_passarela.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/179/indicacao_no_011-2023_aguas_dancantes.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/180/indicacao_no_012-2023_tunel_acesso_area_industrial.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/185/indicacao_no_013-2023_asfalto_rio_elias.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/187/indicacao_no_014-2023_calcadas.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/192/indicacao_no_015-2023_banheiros_cemiterios.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/193/indicacao_no_016-2023_ponto_onibus.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/194/indicacao_no_017-2023_redutor_de_velocidade.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/229/indicacao_no_018-2023_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/164/requerimento_no_001-2023_informacoes_sobre_ruas.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/169/requerimento_no_003-2023_sanepar.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/170/requerimento_no_004-2023_correios.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/171/requerimento_no_005-2023_anatel.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/172/requerimento_no_006-2023_licenca_luiz.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/175/requerimento_no_007-2023_licenca_miria.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/176/requerimento_no_008-2023_limpeza_rio.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/181/requerimento_no_009-2023_isalubridade_acs_e_ace.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/182/requerimento_no_010-2023_programa_de_higiene.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/184/requerimento_no_011-2023_der.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/186/requerimento_no_012-2023_calcamento_linha_sao_paulo.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/188/requerimento_no_013-2023_sanepar.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/189/requerimento_no_014-2023_autismo.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/190/requerimento_no_015-2023_professores.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/191/requerimento_no_016-2023_estacionamento-posto.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/195/requerimento_no_017-2023_pocos_artesianos.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/197/requerimento_no_019-2023_dotacao.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/198/requerimento_no_020-2023.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/226/requerimento_no021_urgencia_especial.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/227/requerimento_no_022-2023_solicitacao_de_contrato_em_comodato.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/228/requerimento_no_023-2023_der.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/230/requerimento_no_024-2023_empresa_89_voox.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/231/requerimento_no_025-2023_solicitacao_de_contrato_em_comodato_lago.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/232/requerimento_no_026-2023_bairro_zanella.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/233/requerimento_no_027-2023_pavers_escola_ida_kummer.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/260/projeto_de_lei_do_legislativo_no_001-2023.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/261/projeto_de_lei_n002-2023_concede_revisao_agentes_politicos.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/262/projeto_de_lei_do_legislativo_no_003-2023.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/263/projeto_de_lei_do_legislativo_no_004-2023_diarias.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/264/projeto_de_lei_do_legislativo_no_005-2023_declara_utilidade_publica.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/265/projeto_de_lei_do_legislativo_no_006-2023_rua_otavio_padilha.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/266/projeto_de_lei_no007-2023-_acamsop.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/173/projeto_de_resolucao_n001-2023_concede_revisao_vereadores_1.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/199/projeto_de_resolucao_n004-2023_lgpd.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/205/portaria_no_001-2023_nomeia_comissoes_permanentes.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/207/portaria_no_003-2023_concede_gratificacao_gpefapen.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/208/portaria_no_004-2023_diaria_aline.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/209/portaria_no_005-2023_concede_licenca__e_substitui_membro_comissoes.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/210/portaria_no_006-2023_nomeia_comissoes_permanentes.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/211/portaria_no_007-2023_diaria_aline.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/212/portaria_no_008-2023_procuradoria_da_mulher.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/213/portaria_no_009-2023_fiscal_de_contrato.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/214/portaria_no_010-2023_diaria_aline.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/216/portaria_no_012-2023_diaria_igo.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/217/ato_da_presidencia_no_001-2023_ponto_facultativo.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/218/ato_da_presidencia_no_002-2023_convocasessao_extraordinaria.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/219/ato_da_presidencia_no_003-2023_convocasessao_extraordinaria.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/220/ato_da_presidencia_n_004-2023_acordao.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/221/ato_da_presidencia_no_005-2023_convocasessao_extraordinaria.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/222/ato_da_presidencia_no_006-2023_ponto_facultativo.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/223/ato_da_presidencia_no_007-2023_convocasessao_extraordinaria.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/225/ato_da_presidencia_no_009-2023_ponto_facultativo.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/234/ato_da_presidencia_no_012-2022_sessao_solene.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/200/resolucao_n001-2023_concede_revisao_vereadores.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/201/resolucao_n002-2023_concede_licenca_vereador_luiz_carlos.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/203/resolucao_n004-2023_lgpd.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/204/decreto_legislativo_n_001-2023.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/161/indicacao_no_001-2023.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/162/indicacao_no_002-2023.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/163/indicacao_no_003-2023.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/165/indicacao_no_005-2023.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/167/indicacao_no_006-2023_lixeiras_comunitarias_interior.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/168/indicacao_no_007-2023_seguranca_nas_escolas.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/174/indicacao_no_008-2023_lixeiras.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/177/indicacao_no_009-2023_rua.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/178/indicacao_no_010-2023_passarela.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/179/indicacao_no_011-2023_aguas_dancantes.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/180/indicacao_no_012-2023_tunel_acesso_area_industrial.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/185/indicacao_no_013-2023_asfalto_rio_elias.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/187/indicacao_no_014-2023_calcadas.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/192/indicacao_no_015-2023_banheiros_cemiterios.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/193/indicacao_no_016-2023_ponto_onibus.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/194/indicacao_no_017-2023_redutor_de_velocidade.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/229/indicacao_no_018-2023_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/164/requerimento_no_001-2023_informacoes_sobre_ruas.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/169/requerimento_no_003-2023_sanepar.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/170/requerimento_no_004-2023_correios.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/171/requerimento_no_005-2023_anatel.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/172/requerimento_no_006-2023_licenca_luiz.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/175/requerimento_no_007-2023_licenca_miria.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/176/requerimento_no_008-2023_limpeza_rio.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/181/requerimento_no_009-2023_isalubridade_acs_e_ace.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/182/requerimento_no_010-2023_programa_de_higiene.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/184/requerimento_no_011-2023_der.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/186/requerimento_no_012-2023_calcamento_linha_sao_paulo.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/188/requerimento_no_013-2023_sanepar.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/189/requerimento_no_014-2023_autismo.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/190/requerimento_no_015-2023_professores.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/191/requerimento_no_016-2023_estacionamento-posto.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/195/requerimento_no_017-2023_pocos_artesianos.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/197/requerimento_no_019-2023_dotacao.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/198/requerimento_no_020-2023.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/226/requerimento_no021_urgencia_especial.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/227/requerimento_no_022-2023_solicitacao_de_contrato_em_comodato.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/228/requerimento_no_023-2023_der.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/230/requerimento_no_024-2023_empresa_89_voox.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/231/requerimento_no_025-2023_solicitacao_de_contrato_em_comodato_lago.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/232/requerimento_no_026-2023_bairro_zanella.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/233/requerimento_no_027-2023_pavers_escola_ida_kummer.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/260/projeto_de_lei_do_legislativo_no_001-2023.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/261/projeto_de_lei_n002-2023_concede_revisao_agentes_politicos.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/262/projeto_de_lei_do_legislativo_no_003-2023.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/263/projeto_de_lei_do_legislativo_no_004-2023_diarias.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/264/projeto_de_lei_do_legislativo_no_005-2023_declara_utilidade_publica.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/265/projeto_de_lei_do_legislativo_no_006-2023_rua_otavio_padilha.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/266/projeto_de_lei_no007-2023-_acamsop.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/173/projeto_de_resolucao_n001-2023_concede_revisao_vereadores_1.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/199/projeto_de_resolucao_n004-2023_lgpd.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/205/portaria_no_001-2023_nomeia_comissoes_permanentes.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/207/portaria_no_003-2023_concede_gratificacao_gpefapen.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/208/portaria_no_004-2023_diaria_aline.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/209/portaria_no_005-2023_concede_licenca__e_substitui_membro_comissoes.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/210/portaria_no_006-2023_nomeia_comissoes_permanentes.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/211/portaria_no_007-2023_diaria_aline.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/212/portaria_no_008-2023_procuradoria_da_mulher.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/213/portaria_no_009-2023_fiscal_de_contrato.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/214/portaria_no_010-2023_diaria_aline.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/216/portaria_no_012-2023_diaria_igo.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/217/ato_da_presidencia_no_001-2023_ponto_facultativo.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/218/ato_da_presidencia_no_002-2023_convocasessao_extraordinaria.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/219/ato_da_presidencia_no_003-2023_convocasessao_extraordinaria.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/220/ato_da_presidencia_n_004-2023_acordao.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/221/ato_da_presidencia_no_005-2023_convocasessao_extraordinaria.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/222/ato_da_presidencia_no_006-2023_ponto_facultativo.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/223/ato_da_presidencia_no_007-2023_convocasessao_extraordinaria.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/225/ato_da_presidencia_no_009-2023_ponto_facultativo.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/234/ato_da_presidencia_no_012-2022_sessao_solene.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/200/resolucao_n001-2023_concede_revisao_vereadores.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/201/resolucao_n002-2023_concede_licenca_vereador_luiz_carlos.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/203/resolucao_n004-2023_lgpd.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2023/204/decreto_legislativo_n_001-2023.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H81"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="204.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="143.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="142.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>