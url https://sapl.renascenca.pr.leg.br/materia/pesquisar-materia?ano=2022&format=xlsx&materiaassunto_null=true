--- v0 (2025-12-11)
+++ v1 (2026-03-22)
@@ -54,1102 +54,1102 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Fabieli Manfredi, Everson Antônio Tedesco, Jonas Maria de Oliveira, Míria Beatriz Cozer Manfredi</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/99/indicacao_no_001-2022_autismo.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/99/indicacao_no_001-2022_autismo.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente, realize a inserção de políticas públicas referentes ao Autismo no cronograma de programas referentes a saúde e educação. Incluir o dia 02 de Abril no calendário de ações municipais. Um dos objetivos é o de propagar informações referentes ao assunto para toda a população e  fortalecer a rede de apoio das famílias.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Jonas Maria de Oliveira, Everson Antônio Tedesco, Fabieli Manfredi, Míria Beatriz Cozer Manfredi</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente, realize a manutenção de estradas, na Comunidade do Quebra Braço até a estrada da Granja Fofa. Pois as estradas estão em péssimas condições.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/101/indicacao_no_003-2022_esgoto.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/101/indicacao_no_003-2022_esgoto.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente, solicite a Sanepar ampliação da rede de esgoto, nas Ruas: Presidente Juscelino (fundos), esquina com a Av. Castelo Branco e Rodrigues Alves, também na Rua Marechal Hermes da Fonseca esquina com a Venceslau Braz e a Washinton Luiz.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Gilmar Schmidt, Antônio Ari Dalla Cortt, Luiz Carlos de Souza Vieira Lopes, Marcos Antônio Valandro, Marieli Folle Nardi</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/102/indicacao_no_004-2022_acessibilidade.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/102/indicacao_no_004-2022_acessibilidade.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente verifique a possibilidade de melhorias nas Ruas do Município, para pessoas que apresentam algum tipo de deficiência física e/ou mobilidade reduzida, para que elas possam usufruir do direito básico da liberdade de locomoção.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Marcos Antônio Valandro, Antônio Ari Dalla Cortt, Gilmar Schmidt, Luiz Carlos de Souza Vieira Lopes, Marieli Folle Nardi</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/103/indicacao_no_005-2022_passeio.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/103/indicacao_no_005-2022_passeio.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente verifique a possibilidade de construir um passeio público na lateral da BR, saída para Campo Erê.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Míria Beatriz Cozer Manfredi, Everson Antônio Tedesco, Fabieli Manfredi, Jonas Maria de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/104/indicacao_no_006-2022_replantio_de_arvores.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/104/indicacao_no_006-2022_replantio_de_arvores.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente verifique a possibilidade de plantar árvores nos passeios públicos da cidade onde não tem. Também criar programas de incentivo aos moradores para plantio de árvores, assim como orientar as pessoas que queiram plantar em seus passeios qual espécie indicada.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Marieli Folle Nardi, Antônio Ari Dalla Cortt, Gilmar Schmidt, Luiz Carlos de Souza Vieira Lopes, Marcos Antônio Valandro</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/105/indicacao_no_007-2022_caminhao_pipa.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/105/indicacao_no_007-2022_caminhao_pipa.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente informe em quais atividades pode ser usado o caminhão pipa, e como os munícipes podem solicitar.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Antônio Ari Dalla Cortt, Gilmar Schmidt, Luiz Carlos de Souza Vieira Lopes, Marieli Folle Nardi</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/106/indicacao_no_008-2022_pintura_de_faixas.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/106/indicacao_no_008-2022_pintura_de_faixas.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através do setor competente verifique a possibilidade de realizar pintura demarcando faixas de estacionamento vertical  e horizontal, e de pedestres em frente à Escola Municipal Professora Ida Kummer, bem como nas ruas adjacentes,  pois as atuais estão com a visibilidade comprometida diante do desgaste causado pelo  tempo. Também a construção de uma lombada/faixa elevada em frente ao portão da Escola Municipal Professora Ida Kummer na Rua Costa e Silva.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/107/indicacao_no_009-2022_cobertura_ginasio.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/107/indicacao_no_009-2022_cobertura_ginasio.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através do setor competente verifique a possibilidade de construir uma cobertura em frente ao Ginásio de Esportes Mario Nardi.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/108/indicacao_no_010-2022_violencia_contra_mulher.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/108/indicacao_no_010-2022_violencia_contra_mulher.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente verifique a possibilidade de incluir no currículo escolar a temática: ''Violência contra a Mulher''. Estudar sobre o tema, dialogar sobre ele, realizar ações culturais e mobilizar as comunidades escolares de forma continuada para compreender essa problemática e contribuir para que todas/os possam atuar na promoção de vidas livres da violência.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Míria Beatriz Cozer Manfredi</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/109/indicacao_no_011-2022_-onibus_lilas.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/109/indicacao_no_011-2022_-onibus_lilas.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente verifique a possibilidade de solicitar o agendamento do ônibus Lilás que é dedicado ao atendimento às mulheres vítimas de violência. O programa, desenvolvido por meio do Departamento de Garantias dos Direitos da Mulher, oferece orientação contra violência doméstica e familiar, direitos da mulher, orientação psicológica, jurídica e assistência social para mulheres.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/110/indicacao_no_012-2022_-manutencao_trecho.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/110/indicacao_no_012-2022_-manutencao_trecho.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente verifique a possibilidade da melhorias na estrada que da acesso ao tratamento de esgoto do município.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/111/indicacao_no_013-2022_lombada.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/111/indicacao_no_013-2022_lombada.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através do setor competente verifique a possibilidade de construir uma lombada na Rua Marechal Floriano Peixoto, próximo ao ''Foca Lavacar''.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/112/indicacao_no_014-2022_-boca_de_lobo.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/112/indicacao_no_014-2022_-boca_de_lobo.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente faça a manutenção das  bocas de lobo nas ruas: Washington Luiz nº88, Washington Luiz nº402, Washington Luiz esquina com a Marechal Floriano Peixoto nº349, Guilherme Zanini nº288, Guilherme Zanini nº189 e Selvino Nicolau Bortolini.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Antônio Ari Dalla Cortt, Gilmar Schmidt, Luiz Carlos de Souza Vieira Lopes, Marcos Antônio Valandro, Marieli Folle Nardi</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/113/indicacao_no_015-2022_cascalho.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/113/indicacao_no_015-2022_cascalho.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através do setor competente verifique a possibilidade da colocação de cascalho nas laterais do asfalto entre a Linha XV de Novembro até o assentamento João de Paula.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/114/indicacao_no_016-2022_bueiro.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/114/indicacao_no_016-2022_bueiro.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através do setor competente providencie reparos no bueiro da Rua Prudente de Morais em frente a empresa Friotec.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Marcos Antônio Valandro, Antônio Ari Dalla Cortt, Everson Antônio Tedesco, Fabieli Manfredi, Gilmar Schmidt, Jonas Maria de Oliveira, Luiz Carlos de Souza Vieira Lopes, Marieli Folle Nardi, Míria Beatriz Cozer Manfredi</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/115/indicacao_no_017-2022_cesta_basica.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/115/indicacao_no_017-2022_cesta_basica.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através do setor competente verifique a possibilidade de reajustar o valor da cesta básica para funcionários que ganham até um salário mínimo e meio.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/116/indicacao_no_018-2022_creas.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/116/indicacao_no_018-2022_creas.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente, realize ações efetivas no que diz respeito ao enfrentamento da violência contra a mulher com a implementação da Equipe de Referência da Proteção Social Especial no território Municipal</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/117/indicacao_no_019-2022_ccir.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/117/indicacao_no_019-2022_ccir.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através do setor competente verifique a possibilidade de disponibilizar um funcionário para atendimento ao CCIR junto ao INCRA.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/118/indicacao_no_020-2022_faixas_para_motos.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/118/indicacao_no_020-2022_faixas_para_motos.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através do setor competente realize pintura de estacionamento exclusivos para  motos. O local da solicitação é em frente a Escola Municipal Professora Ida Kummer, em frente ao portão principal.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Luiz Carlos de Souza Vieira Lopes, Antônio Ari Dalla Cortt, Gilmar Schmidt, Marcos Antônio Valandro, Marieli Folle Nardi</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/119/indicacao_no_021-2022_trevo.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/119/indicacao_no_021-2022_trevo.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através do setor competente verifique a possibilidade de melhorar a estética na entrada no município, através de um portal ou letreiro dispostas no trevo.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/120/indicacao_no_022-2022_limpeza_terrenos.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/120/indicacao_no_022-2022_limpeza_terrenos.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através do setor competente notifique proprietários que não fazem a manutenção e limpeza de seus lotes no Bairro Zanella.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/121/indicacao_no_023-2022_-asfalto.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/121/indicacao_no_023-2022_-asfalto.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente verifique a possibilidade de colocar resto de asfalto na Rua Vitório Venzon nº202 e nº44.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/122/indicacao_no_024-2022_cascalho.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/122/indicacao_no_024-2022_cascalho.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente verifique a possibilidade de colocar uma carga de cascalho na Rua Projetada F Bairro Associação, em frente a antiga casa da prefeitura. Devido a fortes chuvas a água fica acumulada nos buracos existentes no local.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/123/indicacao_no_025-2022_sanepar.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/123/indicacao_no_025-2022_sanepar.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente realize questionamento a Sanepar -Companhia de Saneamento do Paraná, sobre as condições deixadas após as manutenções realizadas pela mesma.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/124/indicacao_no_026-2022_faixa_elevada.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/124/indicacao_no_026-2022_faixa_elevada.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente realize a pintura das faixas de pedestres na Rua Nilo Peçanha esquina com a Rua Marechal Floriano Peixoto.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Antônio Ari Dalla Cortt, Gilmar Schmidt, Marcos Antônio Valandro, Marieli Folle Nardi</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/125/indicacao_no_027-2022_curso_1_socorros.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/125/indicacao_no_027-2022_curso_1_socorros.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente verifique a possibilidade de ofertar treinamento de primeiros socorros aos funcionários e professores das escolas de toda rede de ensino pública do município.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Marcos Antônio Valandro, Antônio Ari Dalla Cortt, Gilmar Schmidt, Marieli Folle Nardi</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/126/indicacao_no_028-2022_estacionamento.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/126/indicacao_no_028-2022_estacionamento.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente verifique a possibilidade de elaborar um projeto de estacionamento em frente ao Sicredi, seguindo o exemplo das cidades vizinhas, onde os carros ficam estacionados um ao lado do outro, gerando maior quantidade de vagas. Atualmente os veículos estacionam em fila, ocupando muito espaço.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/127/indicacao_no_029-2022_maio_laranja.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/127/indicacao_no_029-2022_maio_laranja.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente, realize ações de prevenção e disseminação de informações no que diz respeito ao Maio Laranja, enfrentamento da violência à crianças e adolescentes. O  mês de maio leva a cor laranja em alusão a campanha de Combate ao abuso e a exploração sexual de crianças e adolescentes. Deste modo, indicamos sites que disponibilizam alguns materiais de forma gratuita, que podem somar as ações que já estão sendo analisadas. https://maiolaranja.org.br ; https://defenda-se.com/baixe-aqui/comunicacao/. e  https://www.childhood.org.br/.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Marcos Antônio Valandro, Antônio Ari Dalla Cortt, Gilmar Schmidt</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/128/indicacao_no_030-2022_esporte.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/128/indicacao_no_030-2022_esporte.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente inclua a criação de projetos ligados ao esporte no município em diversas modalidades, como: campeonatos de futebol, bocha, mini- maratonas, passeio ciclístico, caminhadas entre outras modalidades esportivas.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Antônio Ari Dalla Cortt, Gilmar Schmidt, Marcos Antônio Valandro</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/129/indicacao_no_031-2022_area_industrial.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/129/indicacao_no_031-2022_area_industrial.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente verifique a possibilidade de colocar o nome na área industrial da família Karkling, pois o terreno foi comprado da família.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Everson Antônio Tedesco, Fabieli Manfredi, Jonas Maria de Oliveira, Míria Beatriz Cozer Manfredi</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/130/indicacao_no_032-2022_tea.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/130/indicacao_no_032-2022_tea.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente verifique a possibilidade de contratação de um profissional fonoaudiólogo para atender demandas relacionados ao Transtorno do Espectro Autista (TEA), bem como, realizar mapeamento com dados quantitativos e qualitativos para melhor desenvolver programas de atenção e acompanhamento dos indivíduos e suas famílias.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/131/indicacao_no_033-2022_melhorias_estradas.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/131/indicacao_no_033-2022_melhorias_estradas.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente verifique a possibilidade de reparos e manutenção do prolongamento da Rua Wensceslau Brás, que da acesso ao Clube de Campo Renascença (piscinas) a Arena Futebol, e as estradas que dão acesso aos moradores daquele local, pois estão bastante danificadas. Solicitamos também que seja providenciado a iluminação pública no local.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/132/indicacao_no_034-2022_viveiro.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/132/indicacao_no_034-2022_viveiro.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente verifique a possibilidade de reimplantação do viveiro municipal, envolvendo agricultores, escolas municipais, solicitando mudas em especial para plantação de árvores nativas nas áreas de preservação permanente, nas fontes de águas, beira de rios etc.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>Jonas Maria de Oliveira, Everson Antônio Tedesco, Fabieli Manfredi, Marcos Antônio Valandro, Míria Beatriz Cozer Manfredi</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/133/indicacao_no_035-2022_ponto_onibus.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/133/indicacao_no_035-2022_ponto_onibus.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente verifique a possibilidade de construir uma cobertura no ponto de ônibus, na entrada do Bairro Santa Maria onde há crianças que aguardam o transporte escolar.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/134/indicacao_no_036-2022_lixeiras.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/134/indicacao_no_036-2022_lixeiras.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente, verifique a possibilidade de instalação de novas lixeiras para separação de lixo em todos os locais que ainda não possuem, bem como consertar aquelas que encontram-se quebradas ou danificadas, ou até mesmo providenciar a troca das mesmas.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>Marcos Antônio Valandro, Adão Petriz de Oliveira, Antônio Ari Dalla Cortt, Gilmar Schmidt</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/135/indicacao_no_037-2022_pavers.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/135/indicacao_no_037-2022_pavers.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente, verifique a possibilidade de instalação de calçadas de pavers nas ruas com residências mais antigas, onde a prefeitura entra com a mão de obra e os proprietários com o material.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>Gilmar Schmidt, Adão Petriz de Oliveira, Antônio Ari Dalla Cortt, Marcos Antônio Valandro</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/136/indicacao_no_038-2022_pracinha.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/136/indicacao_no_038-2022_pracinha.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente, verifique a possibilidade de fazer reparos na praça central. Trocar os tapetes que estão danificados e arrumar os brinquedos que precisam de conserto. Também para que seja providenciado reparos na praça no Bairro Santa Maria.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/137/indicacao_no_039-2022_boca_de_lobo.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/137/indicacao_no_039-2022_boca_de_lobo.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente faça a manutenção das  bocas de lobo nas ruas: Washington Luiz nº240, e Marechal Hermes da Fonseca nº283, atrás da APAE.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/138/indicacao_no_040-2022_poda_arvore.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/138/indicacao_no_040-2022_poda_arvore.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente, verifique a possibilidade de poda de árvore.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/139/indicacao_no_041-2022_revisao_salarial_conselheiros_tutelares.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/139/indicacao_no_041-2022_revisao_salarial_conselheiros_tutelares.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente, realize revisão salarial aos conselheiros tutelares,  haja vista tratar-se de um trabalho de grande responsabilidade e dedicação exclusiva, agravado pelo baixo salário.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/140/indicacao_no_042-2022_luminaria_de_led.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/140/indicacao_no_042-2022_luminaria_de_led.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente instale uma luminária de LED na Rua Projetada F Bairro Associação no final da Rua em frente a residência nº4, antiga casa da prefeitura.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/141/indicacao_no_043-2022_tubulacao.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/141/indicacao_no_043-2022_tubulacao.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente verifique a possibilidade de fazer a tubulação pluvial no córrego que fica entre as casas do Bairro Associação, pois a população joga todo tipo de lixo no local assim como esgoto sanitário de várias casas.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Marcos Antônio Valandro, Antônio Ari Dalla Cortt</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/142/indicacao_no_044-2022_seguranca_publica.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/142/indicacao_no_044-2022_seguranca_publica.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente, tome providências referente a segurança pública no município, dispondo de mais policiais.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>Marcos Antônio Valandro</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/143/indicacao_no_045-2022_ponte_linha_sao_paulo.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/143/indicacao_no_045-2022_ponte_linha_sao_paulo.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente, verifique a possibilidade de reforma da ponte na Linha São Paulo, passando a propriedade do Pacheco, antes de chegar na propriedade do finado Sr.Primório de Souza Torres.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>Gilmar Schmidt, Adão Petriz de Oliveira, Everson Antônio Tedesco, Fabieli Manfredi, Jonas Maria de Oliveira, Luiz Carlos de Souza Vieira Lopes, Marcos Antônio Valandro, Míria Beatriz Cozer Manfredi, Vanderson Rodrigo Zanini</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/144/indicacao_no_046-2022_pedido_aciren.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/144/indicacao_no_046-2022_pedido_aciren.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente, verifique a possibilidade de revisar as Leis Municipais que autorizam a circulação e venda de produtos por vendedores ambulantes em nossa cidade.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/145/indicacao_no_047-2022_enfermeira.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/145/indicacao_no_047-2022_enfermeira.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente, verifique a possibilidade de conceder um profissional da saúde para atender aos plantões durante a semana e finais de semana.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/146/indicacao_no_048-2022_banheiros_ida_kummer.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/146/indicacao_no_048-2022_banheiros_ida_kummer.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente, verifique a possibilidade de fazer manutenção dos banheiros na Escola Municipal Professora Ida Kummer.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/147/indicacao_no_049-2022_cinema_gratuito.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/147/indicacao_no_049-2022_cinema_gratuito.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente, verifique a possibilidade de promover acesso  à arte e cultura para a população através de projeto de cinema gratuito, com o objetivo de fortalecer e fomentar a cultura, à inclusão e formação social. Sugerimos a implantação do cinema no espaço do centro de eventos Geraldo Giacomini e  cinema itinerante a céu aberto, com o objetivo de levar o acesso a cultura ao maior número de munícipes possíveis.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/148/indicacao_no_050-2022_palco_flutuante.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/148/indicacao_no_050-2022_palco_flutuante.doc</t>
   </si>
   <si>
     <t>Que o executivo municipal através do setor competente, verifique a possibilidade de incluir no lago municipal um espaço para fomentação da cultura através de um palco flutuante.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/149/indicacao_no_051-2022_poste.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/149/indicacao_no_051-2022_poste.doc</t>
   </si>
   <si>
     <t>Que o executivo municipal através do setor competente, verifique a possibilidade de instalar um poste de luz na Rua Ricardo Southier nº120 entre a Rua Severino Fabris.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>Gilmar Schmidt, Adão Petriz de Oliveira, Marcos Antônio Valandro, Vanderson Rodrigo Zanini</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/150/indicacao_no_052-2022_canela.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/150/indicacao_no_052-2022_canela.doc</t>
   </si>
   <si>
     <t>Que o executivo municipal através do setor competente, verifique a possibilidade de reparos nas estradas da Linha Canela. E também providenciar a limpeza dos pegadores de água, pois estão todos cheios.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/153/indicacao_no_053-2022_rio_cancanhar.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/153/indicacao_no_053-2022_rio_cancanhar.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente verifique a possibilidade colocação de  grades de proteção as margens do Rio Calcanhar, assim como efetuar a limpeza e conservação no leito do Rio. E também se for possível aumentar a tubulação na esquina da Rua Prudente de Morais com a Rua Artur Bernardes.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/154/indicacao_no_054-2022_lombada.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/154/indicacao_no_054-2022_lombada.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através do setor competente verifique a possibilidade de construir uma lombada na Rua Getulio Vargas, próximo ao centro de eventos Polita.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/158/indicacao_no_055-2022_internet_gratuita.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/158/indicacao_no_055-2022_internet_gratuita.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente verifique a possibilidade de  instalação de antenas de acesso à internet (sem custo) tanto na cidade quanto no interior, para que os alunos do município consigam acessar cursos repassados através de aplicativos.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>Jonas Maria de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/159/indicacao_no_056-2022.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/159/indicacao_no_056-2022.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente verifique a possibilidade de  colocação de cascalho na Rua Alvides Ari Karkling nº1, também passar o rolo no local que é área de reserva do loteamento Cristo Rei.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>Adão Petriz de Oliveira, Gilmar Schmidt, Luiz Carlos de Souza Vieira Lopes, Marcos Antônio Valandro, Vanderson Rodrigo Zanini</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/160/indicacao_no_057-2022.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/160/indicacao_no_057-2022.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente verifique a possibilidade de  colocação de calçamento.  A partir do término do calçamento da Coasul até o asfalto que liga a BR 280 que da acesso ao Rio Elias.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/79/requerimento_no_001-2022_copel.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/79/requerimento_no_001-2022_copel.docx</t>
   </si>
   <si>
     <t>COPEL – Companhia Paranaense de Energia, informe a razão e tome providências acerca das constantes oscilações/interrupções de energia elétrica no município de Renascença-PR.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/80/requerimento_no_002-2022_cameras.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/80/requerimento_no_002-2022_cameras.docx</t>
   </si>
   <si>
     <t>Requeremos, que o Executivo Municipal, verifique as câmeras de segurança do Lago Municipal Yara e da cidade em geral, se todas estão em pleno funcionamento. E também a possibilidade de instalação de mais câmeras.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/81/requerimento_no_003-2022_oi.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/81/requerimento_no_003-2022_oi.docx</t>
   </si>
   <si>
     <t>Requeremos, que a OI – Operadora de Telefonia e Internet, reveja a altura da fiação no município de Renascença-PR. Considerando que caminhões transitam pela cidade e enroscam no cabeamento, que ficam caídos no chão gerando transtornos para pedestres, motoristas e usuários da rede de telefonia e internet.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/82/requerimento_no_004-2022_deputado.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/82/requerimento_no_004-2022_deputado.docx</t>
   </si>
   <si>
     <t>Requeremos, que o Executivo Municipal através do setor competente, encaminhe a está casa de leis, informações sobre o valor viabilizado de R$ 200.000,00 ( duzentos mil reais) pelo Deputado Federal Nelsi Conguetto Maria, mais conhecido como Vermelho.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/83/requerimento_no_005-2022__informacoes_sobre_manutencao_estradas_rurais.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/83/requerimento_no_005-2022__informacoes_sobre_manutencao_estradas_rurais.docx</t>
   </si>
   <si>
     <t>Requeremos, que o Executivo Municipal através do setor competente, encaminhe a está casa de leis, informações a respeito de como está organizado o trabalho de manutenção e melhorias das estradas rurais do município. Bem como encaminhe o cronograma de planejamento deste trabalho, juntamente com informações referentes aos trabalhos já realizados e quais estão previstos de acordo  com a organização do setor competente.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/84/requerimento_no_006-2022_bairro_associacao.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/84/requerimento_no_006-2022_bairro_associacao.docx</t>
   </si>
   <si>
     <t>Requeremos, que o Executivo Municipal através do setor competente, encaminhe a está casa de leis, informações referentes ao bairro Associação, no que diz respeito as possíveis melhorias na infraestrutura. Se há no cronograma municipal medidas que visem a contenção da água da chuva e/ou melhorias que visem a qualidade de vida dos moradores.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>Fabieli Manfredi</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/85/requerimento_no_007-2022_valor_viabilizado.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/85/requerimento_no_007-2022_valor_viabilizado.docx</t>
   </si>
   <si>
     <t>Requeremos, que o Executivo Municipal através do setor competente, encaminhe a está casa de leis, informações sobre o andamento da solicitação da emenda parlamentar via e-protocolo no valor de R$50.000,00 viabilizado pelo Deputado Estadual Nelson Luersen e destinado para castrações via CastraPet  Paraná, que é o programa permanente de esterilização de cães e gatos, promovido pela Secretaria de Estado do Desenvolvimento Sustentável e do Turismo (Sedest), que tem por objetivo buscar o controle populacional de cães e gatos além da prevenção de zoonoses. O Programa está no contexto da Saúde Única, que relaciona a saúde ambiental, animal e humana. O intuito também é trabalhar a conscientização da população sobre a importância da castração na saúde dos animais, na prevenção de abandono (evitando ninhadas indesejáveis) e quanto à importância da vacinação, vermifugação e visitas periódicas ao veterinário.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/86/requerimento_no_008-2022_direitos_criancas_e_adolescentes.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/86/requerimento_no_008-2022_direitos_criancas_e_adolescentes.docx</t>
   </si>
   <si>
     <t>Requeremos, que o Executivo Municipal através do setor competente, encaminhe a esta casa de leis, informações sobre a estruturação das medidas referentes a lei federal nº 13.431/17.  Quais medidas já estão sendo realizadas e qual a fase de organização das ações previstas na referida lei.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/87/requerimento_no_009-2022_rodoviaria.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/87/requerimento_no_009-2022_rodoviaria.docx</t>
   </si>
   <si>
     <t>Requeremos, que o Executivo Municipal através do setor competente, encaminhe a esta casa de leis, informações sobre a rodoviária do município, que atualmente encontra-se fechada, e, se existe algum projeto em andamento de um terminal rodoviário ou a reabertura da antiga rodoviária.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/88/requerimento_no_010-2022_rede_de_esgoto.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/88/requerimento_no_010-2022_rede_de_esgoto.docx</t>
   </si>
   <si>
     <t>Requeremos, que o Executivo Municipal através do setor competente, informe a esta Casa de Leis se existe algum interesse na conclusão da rede de esgoto nas Ruas Marechal Hermes da Fonseca (atrás dos idosos), no final da Rua Nilo Peçanha e na Rua Presidente Juscelino. Pois a cidade encontra-se a 65 ligações de chegar aos 90% de rede de esgoto tratado no município.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>Requeremos, que o Executivo Municipal através do setor competente, encaminhe a está casa de leis, informações sobre a estruturação das medidas referentes a lei municipal 1.782 de 11 de Abril de 2022.  Quais medidas já estão sendo realizadas, se já existe canal de denúncias, qual a fase de organização das ações previstas na referida lei e quais ações estão sendo previstas.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>Marieli Folle Nardi</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/90/requerimento_no_012-2022_licenca_marieli.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/90/requerimento_no_012-2022_licenca_marieli.docx</t>
   </si>
   <si>
     <t>REQUEIRO, com fundamento no artigo 220 a 221 do Regimento Interno c/c art. 51 inciso II da Lei Orgânica Municipal, LICENÇA desta Casa de Leis para tratar de assuntos particulares a contar do dia 01 de junho de 2022 pelo período de  90 dias._x000D_
 Ainda, de acordo com o estabelecido no art. 223 do Regimento Interno combinado com o artigo 52 da Lei Orgânica Municipal, fica esta Casa de Leis ciente de que deverá convocar o suplente em virtude de minha licença.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>Marcos Antônio Valandro, Adão Petriz de Oliveira, Gilmar Schmidt</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/91/requerimento_no_013-2022_regularizacao_fundiaria.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/91/requerimento_no_013-2022_regularizacao_fundiaria.docx</t>
   </si>
   <si>
     <t>Requeremos, que o Executivo Municipal através do setor competente, encaminhe a esta casa de leis, informações sobre a regularização fundiária urbana.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/92/requerimento_no_014-2022_horarios_de_funcionamento_posto.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/92/requerimento_no_014-2022_horarios_de_funcionamento_posto.docx</t>
   </si>
   <si>
     <t>Requeremos, que o Executivo Municipal através do setor competente, encaminhe a esta casa de leis, informações sobre os horários de funcionamento de cada setor do Posto de Saúde.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/93/requerimento_no_015-2022_piso_salarial.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/93/requerimento_no_015-2022_piso_salarial.docx</t>
   </si>
   <si>
     <t>Requeremos, que o Executivo Municipal, através do setor competente, repasse a essa Casa de Leis, informações sobre o cumprimento da Emenda Constitucional nº120 de 05 maio de 2022 que estabeleceu que o salário dos Agentes Comunitários de Saúde e de Combate as Endemias não será inferior a 2 salários mínimos, repassados pela união aos municípios.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/94/requerimento_no_016-2022_concede_direito_uso_barracao.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/94/requerimento_no_016-2022_concede_direito_uso_barracao.docx</t>
   </si>
   <si>
     <t>Requeremos, que o Executivo Municipal, através do setor competente, repasse a essa Casa de Leis, informações se a empresa 89 Voox Industria de Roupas Ltda, CNPJ: 35.495.735/0001-18, que recebeu em Concessão Direito Real de Uso um imóvel e mais um barracão industrial, conforme autorização dada pela Lei nº 1.630 e Concorrência nº 012/2019, estaria cumprindo, dentre outras, com a sua obrigação de gerar e manter durante toda a concessão, no mínimo, 50 (cinquenta) empregos novos diretos.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>Marcos Antônio Valandro, Gilmar Schmidt</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/95/requerimento_no_017-2022_agentes_saude.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/95/requerimento_no_017-2022_agentes_saude.docx</t>
   </si>
   <si>
     <t>Requeremos, complementando o requerimento nº 015/2022 que o Executivo Municipal, através do setor competente, repasse a essa Casa de Leis, informações sobre o cumprimento da Lei nº13.342/2016 e também da Emenda Constitucional nº120 de 05 de maio de 2022, § 10. Informações referente ao  pagamento do adicional de insalubridade aos Agentes Comunitários de Saúde e de Combate as Endemias.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/96/requerimento_no_018-2022_cronograma_final_de_ano.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/96/requerimento_no_018-2022_cronograma_final_de_ano.docx</t>
   </si>
   <si>
     <t>Requeremos, que o Executivo Municipal através do setor competente, encaminhe a esta casa de leis, informações sobre as programações de final de ano no Lago Yara. Durante a semana que antecede o ano novo assim como a festa de Réveillon.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/97/requerimento_no_019-2022_valores_emendas.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/97/requerimento_no_019-2022_valores_emendas.docx</t>
   </si>
   <si>
     <t>Requeremos que o Executivo Municipal, através do setor competente, repasse a essa Casa de Leis, informações sobre os valores que foram destinados ao município através de emendas parlamentares a nível federal.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/98/requerimento_no_020-2022_linha_anghinoni.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/98/requerimento_no_020-2022_linha_anghinoni.docx</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente, encaminhe a esta casa de leis informações referentes a manutenção das estradas da Linha Anghinoni, seus arredores e as possíveis melhorias que podem ser implantadas para a qualidade das estradas, principalmente no que se refere a reestruturação da ponte, se há interesse em estruturar trabalho junto ao município vizinho de Vitorino, para os possíveis trabalhos que podem ser realizados na infraestrutura da mesma.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente, encaminhe a esta casa de leis informações referentes a revisão salarial dos conselheiros tutelares, bem como quais medidas serão realizadas, haja vista que a indicação foi realizada e os conselheiros não receberam feedback.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/152/requerimento_no_022-2022_forum.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/152/requerimento_no_022-2022_forum.docx</t>
   </si>
   <si>
     <t>REQUEREMOS a Vossa Excelência, ouvido o Colendo Plenário, para que faça oficiar ao Cartório Eleitoral solicitando, à medida do possível, sejam mais bem distribuídos os eleitores por seções e urnas eletrônicas no Município de Renascença.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/155/requerimento_23_-_precedente_regimental4.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/155/requerimento_23_-_precedente_regimental4.docx</t>
   </si>
   <si>
     <t>Requeremos, ouvido o Plenário, nos termos do artigo 235 do Regimento Interno desta Casa de Leis, seja constituído PRECEDENTE REGIMENTAL com objetivo de estabelecer que o valor destinado às emendas impositivas de bancadas, correspondente ao montante de 1,0% (um por cento) da receita corrente líquida realizada no exercício anterior, será dividido proporcionalmente, levando em consideração o numero de vereadores integrantes que constituem a bancada representativa de cada partido.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>Vanderson Rodrigo Zanini, Adão Petriz de Oliveira, Gilmar Schmidt, Luiz Carlos de Souza Vieira Lopes, Marcos Antônio Valandro</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/156/requerimento_no_024-2022_uso_lanchonete_lago.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/156/requerimento_no_024-2022_uso_lanchonete_lago.docx</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através do setor competente, encaminhe a esta Casa de Leis informações referentes a concessão de uso do espaço utilizado para Lanchonete do Lago Municipal e também sobre os Pedalinhos.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/157/requerimento_no_025-2022-vivo.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/157/requerimento_no_025-2022-vivo.docx</t>
   </si>
   <si>
     <t>Oficiar à alta direção da empresa de telefonia celular,  VIVO, solicitando informações sobre a oscilação/ausência de sinal, no Município de Renascença.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Everson Antônio Tedesco, Gilmar Schmidt, Luiz Carlos de Souza Vieira Lopes, Marieli Folle Nardi</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/73/projeto_de_lei_do_legislativo_no_001-2022_concede_revisao_geral_anual-1.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/73/projeto_de_lei_do_legislativo_no_001-2022_concede_revisao_geral_anual-1.docx</t>
   </si>
   <si>
     <t>Concede recomposição nos subsídios dos agentes políticos do Município de Renascença, Estado do Paraná.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/74/projeto_de_lei_do_legislativo_no_002-2022.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/74/projeto_de_lei_do_legislativo_no_002-2022.docx</t>
   </si>
   <si>
     <t>Concede revisão geral anual aos servidores do Poder Legislativo de Renascença-PR e dá outras providências.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/75/projeto_de_lei_do_legislativo_no_003-2022animais.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/75/projeto_de_lei_do_legislativo_no_003-2022animais.docx</t>
   </si>
   <si>
     <t>Estabelece no âmbito do Município de Renascença sanções e penalidades administrativas para aqueles  que praticarem maus - tratos aos animais e dá outras providências.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/76/projeto_de_lei_do_legislativo_no_005_cameras_de_seguranca.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/76/projeto_de_lei_do_legislativo_no_005_cameras_de_seguranca.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de instalação de câmeras de monitoramento de segurança nos prédios, espaços e órgãos públicos municipais e dá outras providências</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/77/projeto_de_lei_do_legislativo_no_006-2022_energia_solar_marcos.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/77/projeto_de_lei_do_legislativo_no_006-2022_energia_solar_marcos.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a implantação do uso de energia solar em bens e logradouros públicos no Município de Renascença e dá outras providências.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>Luiz Carlos de Souza Vieira Lopes, Adão Petriz de Oliveira, Gilmar Schmidt</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/78/projeto_de_lei_no_007-2022_deolindo_zanella.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/78/projeto_de_lei_no_007-2022_deolindo_zanella.docx</t>
   </si>
   <si>
     <t>Denomina Rodovia Deolindo Zanella estrada rural e da outras providências. (REPROVADO)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1456,68 +1456,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/99/indicacao_no_001-2022_autismo.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/101/indicacao_no_003-2022_esgoto.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/102/indicacao_no_004-2022_acessibilidade.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/103/indicacao_no_005-2022_passeio.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/104/indicacao_no_006-2022_replantio_de_arvores.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/105/indicacao_no_007-2022_caminhao_pipa.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/106/indicacao_no_008-2022_pintura_de_faixas.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/107/indicacao_no_009-2022_cobertura_ginasio.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/108/indicacao_no_010-2022_violencia_contra_mulher.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/109/indicacao_no_011-2022_-onibus_lilas.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/110/indicacao_no_012-2022_-manutencao_trecho.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/111/indicacao_no_013-2022_lombada.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/112/indicacao_no_014-2022_-boca_de_lobo.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/113/indicacao_no_015-2022_cascalho.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/114/indicacao_no_016-2022_bueiro.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/115/indicacao_no_017-2022_cesta_basica.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/116/indicacao_no_018-2022_creas.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/117/indicacao_no_019-2022_ccir.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/118/indicacao_no_020-2022_faixas_para_motos.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/119/indicacao_no_021-2022_trevo.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/120/indicacao_no_022-2022_limpeza_terrenos.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/121/indicacao_no_023-2022_-asfalto.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/122/indicacao_no_024-2022_cascalho.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/123/indicacao_no_025-2022_sanepar.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/124/indicacao_no_026-2022_faixa_elevada.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/125/indicacao_no_027-2022_curso_1_socorros.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/126/indicacao_no_028-2022_estacionamento.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/127/indicacao_no_029-2022_maio_laranja.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/128/indicacao_no_030-2022_esporte.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/129/indicacao_no_031-2022_area_industrial.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/130/indicacao_no_032-2022_tea.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/131/indicacao_no_033-2022_melhorias_estradas.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/132/indicacao_no_034-2022_viveiro.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/133/indicacao_no_035-2022_ponto_onibus.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/134/indicacao_no_036-2022_lixeiras.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/135/indicacao_no_037-2022_pavers.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/136/indicacao_no_038-2022_pracinha.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/137/indicacao_no_039-2022_boca_de_lobo.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/138/indicacao_no_040-2022_poda_arvore.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/139/indicacao_no_041-2022_revisao_salarial_conselheiros_tutelares.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/140/indicacao_no_042-2022_luminaria_de_led.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/141/indicacao_no_043-2022_tubulacao.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/142/indicacao_no_044-2022_seguranca_publica.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/143/indicacao_no_045-2022_ponte_linha_sao_paulo.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/144/indicacao_no_046-2022_pedido_aciren.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/145/indicacao_no_047-2022_enfermeira.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/146/indicacao_no_048-2022_banheiros_ida_kummer.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/147/indicacao_no_049-2022_cinema_gratuito.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/148/indicacao_no_050-2022_palco_flutuante.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/149/indicacao_no_051-2022_poste.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/150/indicacao_no_052-2022_canela.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/153/indicacao_no_053-2022_rio_cancanhar.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/154/indicacao_no_054-2022_lombada.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/158/indicacao_no_055-2022_internet_gratuita.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/159/indicacao_no_056-2022.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/160/indicacao_no_057-2022.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/79/requerimento_no_001-2022_copel.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/80/requerimento_no_002-2022_cameras.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/81/requerimento_no_003-2022_oi.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/82/requerimento_no_004-2022_deputado.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/83/requerimento_no_005-2022__informacoes_sobre_manutencao_estradas_rurais.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/84/requerimento_no_006-2022_bairro_associacao.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/85/requerimento_no_007-2022_valor_viabilizado.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/86/requerimento_no_008-2022_direitos_criancas_e_adolescentes.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/87/requerimento_no_009-2022_rodoviaria.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/88/requerimento_no_010-2022_rede_de_esgoto.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/90/requerimento_no_012-2022_licenca_marieli.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/91/requerimento_no_013-2022_regularizacao_fundiaria.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/92/requerimento_no_014-2022_horarios_de_funcionamento_posto.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/93/requerimento_no_015-2022_piso_salarial.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/94/requerimento_no_016-2022_concede_direito_uso_barracao.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/95/requerimento_no_017-2022_agentes_saude.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/96/requerimento_no_018-2022_cronograma_final_de_ano.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/97/requerimento_no_019-2022_valores_emendas.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/98/requerimento_no_020-2022_linha_anghinoni.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/152/requerimento_no_022-2022_forum.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/155/requerimento_23_-_precedente_regimental4.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/156/requerimento_no_024-2022_uso_lanchonete_lago.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/157/requerimento_no_025-2022-vivo.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/73/projeto_de_lei_do_legislativo_no_001-2022_concede_revisao_geral_anual-1.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/74/projeto_de_lei_do_legislativo_no_002-2022.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/75/projeto_de_lei_do_legislativo_no_003-2022animais.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/76/projeto_de_lei_do_legislativo_no_005_cameras_de_seguranca.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/77/projeto_de_lei_do_legislativo_no_006-2022_energia_solar_marcos.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/78/projeto_de_lei_no_007-2022_deolindo_zanella.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/99/indicacao_no_001-2022_autismo.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/101/indicacao_no_003-2022_esgoto.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/102/indicacao_no_004-2022_acessibilidade.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/103/indicacao_no_005-2022_passeio.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/104/indicacao_no_006-2022_replantio_de_arvores.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/105/indicacao_no_007-2022_caminhao_pipa.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/106/indicacao_no_008-2022_pintura_de_faixas.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/107/indicacao_no_009-2022_cobertura_ginasio.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/108/indicacao_no_010-2022_violencia_contra_mulher.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/109/indicacao_no_011-2022_-onibus_lilas.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/110/indicacao_no_012-2022_-manutencao_trecho.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/111/indicacao_no_013-2022_lombada.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/112/indicacao_no_014-2022_-boca_de_lobo.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/113/indicacao_no_015-2022_cascalho.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/114/indicacao_no_016-2022_bueiro.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/115/indicacao_no_017-2022_cesta_basica.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/116/indicacao_no_018-2022_creas.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/117/indicacao_no_019-2022_ccir.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/118/indicacao_no_020-2022_faixas_para_motos.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/119/indicacao_no_021-2022_trevo.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/120/indicacao_no_022-2022_limpeza_terrenos.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/121/indicacao_no_023-2022_-asfalto.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/122/indicacao_no_024-2022_cascalho.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/123/indicacao_no_025-2022_sanepar.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/124/indicacao_no_026-2022_faixa_elevada.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/125/indicacao_no_027-2022_curso_1_socorros.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/126/indicacao_no_028-2022_estacionamento.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/127/indicacao_no_029-2022_maio_laranja.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/128/indicacao_no_030-2022_esporte.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/129/indicacao_no_031-2022_area_industrial.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/130/indicacao_no_032-2022_tea.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/131/indicacao_no_033-2022_melhorias_estradas.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/132/indicacao_no_034-2022_viveiro.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/133/indicacao_no_035-2022_ponto_onibus.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/134/indicacao_no_036-2022_lixeiras.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/135/indicacao_no_037-2022_pavers.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/136/indicacao_no_038-2022_pracinha.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/137/indicacao_no_039-2022_boca_de_lobo.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/138/indicacao_no_040-2022_poda_arvore.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/139/indicacao_no_041-2022_revisao_salarial_conselheiros_tutelares.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/140/indicacao_no_042-2022_luminaria_de_led.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/141/indicacao_no_043-2022_tubulacao.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/142/indicacao_no_044-2022_seguranca_publica.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/143/indicacao_no_045-2022_ponte_linha_sao_paulo.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/144/indicacao_no_046-2022_pedido_aciren.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/145/indicacao_no_047-2022_enfermeira.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/146/indicacao_no_048-2022_banheiros_ida_kummer.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/147/indicacao_no_049-2022_cinema_gratuito.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/148/indicacao_no_050-2022_palco_flutuante.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/149/indicacao_no_051-2022_poste.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/150/indicacao_no_052-2022_canela.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/153/indicacao_no_053-2022_rio_cancanhar.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/154/indicacao_no_054-2022_lombada.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/158/indicacao_no_055-2022_internet_gratuita.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/159/indicacao_no_056-2022.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/160/indicacao_no_057-2022.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/79/requerimento_no_001-2022_copel.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/80/requerimento_no_002-2022_cameras.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/81/requerimento_no_003-2022_oi.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/82/requerimento_no_004-2022_deputado.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/83/requerimento_no_005-2022__informacoes_sobre_manutencao_estradas_rurais.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/84/requerimento_no_006-2022_bairro_associacao.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/85/requerimento_no_007-2022_valor_viabilizado.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/86/requerimento_no_008-2022_direitos_criancas_e_adolescentes.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/87/requerimento_no_009-2022_rodoviaria.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/88/requerimento_no_010-2022_rede_de_esgoto.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/90/requerimento_no_012-2022_licenca_marieli.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/91/requerimento_no_013-2022_regularizacao_fundiaria.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/92/requerimento_no_014-2022_horarios_de_funcionamento_posto.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/93/requerimento_no_015-2022_piso_salarial.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/94/requerimento_no_016-2022_concede_direito_uso_barracao.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/95/requerimento_no_017-2022_agentes_saude.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/96/requerimento_no_018-2022_cronograma_final_de_ano.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/97/requerimento_no_019-2022_valores_emendas.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/98/requerimento_no_020-2022_linha_anghinoni.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/152/requerimento_no_022-2022_forum.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/155/requerimento_23_-_precedente_regimental4.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/156/requerimento_no_024-2022_uso_lanchonete_lago.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/157/requerimento_no_025-2022-vivo.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/73/projeto_de_lei_do_legislativo_no_001-2022_concede_revisao_geral_anual-1.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/74/projeto_de_lei_do_legislativo_no_002-2022.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/75/projeto_de_lei_do_legislativo_no_003-2022animais.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/76/projeto_de_lei_do_legislativo_no_005_cameras_de_seguranca.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/77/projeto_de_lei_do_legislativo_no_006-2022_energia_solar_marcos.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2022/78/projeto_de_lei_no_007-2022_deolindo_zanella.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H89"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="199.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="147" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="146.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>