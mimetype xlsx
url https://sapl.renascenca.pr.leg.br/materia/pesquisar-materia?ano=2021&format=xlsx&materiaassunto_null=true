--- v0 (2025-12-09)
+++ v1 (2026-03-22)
@@ -51,759 +51,759 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Vanderson Rodrigo Zanini, Gilmar Schmidt, Luiz Carlos de Souza Vieira Lopes, Marcos Antônio Valandro, Marieli Folle Nardi</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/1/indicacao_no_001-2021_auxilio_transporte.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/1/indicacao_no_001-2021_auxilio_transporte.doc</t>
   </si>
   <si>
     <t>Concessão de auxílio transporte aos estudantes</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Jonas Maria de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/2/indicacao_no_002-2021_identificacao_ruas.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/2/indicacao_no_002-2021_identificacao_ruas.doc</t>
   </si>
   <si>
     <t>Identificação de Ruas</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Vanderson Rodrigo Zanini</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/3/indicacao_no_003-2021_extensao_de_rede_nas_ruas.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/3/indicacao_no_003-2021_extensao_de_rede_nas_ruas.doc</t>
   </si>
   <si>
     <t>Extensão na rede de baixa tensão</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/4/indicacao_no_004-2021_extensao_de_rede.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/4/indicacao_no_004-2021_extensao_de_rede.doc</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Everson Antônio Tedesco, Fabieli Manfredi, Jonas Maria de Oliveira, Míria Beatriz Cozer Manfredi</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Recolhimento de lixo na Linha Baulândia.</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Marcos Antônio Valandro, Vanderson Rodrigo Zanini</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/6/indicacao_no_006-2021_limpeza_lote.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/6/indicacao_no_006-2021_limpeza_lote.doc</t>
   </si>
   <si>
     <t>Limpeza Terrenos</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Míria Beatriz Cozer Manfredi, Everson Antônio Tedesco, Fabieli Manfredi, Jonas Maria de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/7/indicacao_no_007-2021_internert.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/7/indicacao_no_007-2021_internert.doc</t>
   </si>
   <si>
     <t>Instalação de internet</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Marieli Folle Nardi, Gilmar Schmidt, Luiz Carlos de Souza Vieira Lopes, Marcos Antônio Valandro, Vanderson Rodrigo Zanini</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/8/indicacao_no_008-2021_ponto_de_coleta_de_oleo_vegetal.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/8/indicacao_no_008-2021_ponto_de_coleta_de_oleo_vegetal.doc</t>
   </si>
   <si>
     <t>Pontos de coleta de óleo vegetal</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Luiz Carlos de Souza Vieira Lopes, Gilmar Schmidt, Marcos Antônio Valandro, Marieli Folle Nardi, Vanderson Rodrigo Zanini</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/9/indicacao_no_009-2021_porteira_a_dentro.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/9/indicacao_no_009-2021_porteira_a_dentro.doc</t>
   </si>
   <si>
     <t>Programa Porteira à Dentro</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/10/indicacao_no_10-2021_iptu.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/10/indicacao_no_10-2021_iptu.doc</t>
   </si>
   <si>
     <t>Revisão da multa sobre IPTU</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Jonas Maria de Oliveira, Everson Antônio Tedesco, Fabieli Manfredi, Míria Beatriz Cozer Manfredi</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/11/indicacao_no_11-2021_passeio_para_estacionar.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/11/indicacao_no_11-2021_passeio_para_estacionar.doc</t>
   </si>
   <si>
     <t>Projeto de Estacionamento</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Marcos Antônio Valandro, Gilmar Schmidt, Luiz Carlos de Souza Vieira Lopes, Marieli Folle Nardi, Vanderson Rodrigo Zanini</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/12/indicacao_no_12-2021_faixa_elevada.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/12/indicacao_no_12-2021_faixa_elevada.doc</t>
   </si>
   <si>
     <t>Placas de Sinalização e Lombadas</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/13/indicacao_no_13-2021_ampliacao_rede_de_esgoto.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/13/indicacao_no_13-2021_ampliacao_rede_de_esgoto.doc</t>
   </si>
   <si>
     <t>Ampliação da rede de esgoto</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/14/indicacao_no_14-2021_site.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/14/indicacao_no_14-2021_site.doc</t>
   </si>
   <si>
     <t>Site Prefeitura</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/15/indicacao_no_15-2021_tubulacao.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/15/indicacao_no_15-2021_tubulacao.doc</t>
   </si>
   <si>
     <t>Tubulação e Bueiro</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/16/indicacao_no_16-2021_mascaras.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/16/indicacao_no_16-2021_mascaras.doc</t>
   </si>
   <si>
     <t>Máscaras de Proteção</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/17/indicacao_no_17-2021_banheiros_cemiterio.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/17/indicacao_no_17-2021_banheiros_cemiterio.doc</t>
   </si>
   <si>
     <t>Melhorias no cemitério, construção de banheiros e iluminação.</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/18/indicacao_no_18-2021_terreno_industrial.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/18/indicacao_no_18-2021_terreno_industrial.doc</t>
   </si>
   <si>
     <t>Ceder terreno na Área Industrial</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Fabieli Manfredi, Everson Antônio Tedesco, Jonas Maria de Oliveira, Luiz Carlos de Souza Vieira Lopes, Míria Beatriz Cozer Manfredi</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/19/indicacao_no_19-2021_cemiterio.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/19/indicacao_no_19-2021_cemiterio.docx</t>
   </si>
   <si>
     <t>Ações no Cemitério Municipal</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/20/indicacao_no_20-2021_seguranca_escola.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/20/indicacao_no_20-2021_seguranca_escola.doc</t>
   </si>
   <si>
     <t>Segurança nas escolas.</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/21/indicacao_no_21-2021_iptu.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/21/indicacao_no_21-2021_iptu.doc</t>
   </si>
   <si>
     <t>Isenção de IPTU</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/22/indicacao_no_22-2021_asfalto.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/22/indicacao_no_22-2021_asfalto.doc</t>
   </si>
   <si>
     <t>Pavimentação</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Vanderson Rodrigo Zanini, Everson Antônio Tedesco, Fabieli Manfredi, Gilmar Schmidt, Jonas Maria de Oliveira, Luiz Carlos de Souza Vieira Lopes, Marcos Antônio Valandro, Marieli Folle Nardi, Míria Beatriz Cozer Manfredi</t>
   </si>
   <si>
     <t>Poço artesiano</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Fabieli Manfredi, Everson Antônio Tedesco, Jonas Maria de Oliveira, Míria Beatriz Cozer Manfredi</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/24/indicacao_no_24-2021_campinho.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/24/indicacao_no_24-2021_campinho.docx</t>
   </si>
   <si>
     <t>Projeto Meu Campinho</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/25/indicacao_no_25-2021_ead.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/25/indicacao_no_25-2021_ead.docx</t>
   </si>
   <si>
     <t>Centro Universitário EAD</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/26/indicacao_no_26-2021_cascalho.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/26/indicacao_no_26-2021_cascalho.docx</t>
   </si>
   <si>
     <t>Cascalho</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/27/indicacao_no_27-2021_ciclovia.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/27/indicacao_no_27-2021_ciclovia.docx</t>
   </si>
   <si>
     <t>Construção de Ciclovias</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Gilmar Schmidt, Luiz Carlos de Souza Vieira Lopes, Marcos Antônio Valandro, Marieli Folle Nardi, Vanderson Rodrigo Zanini</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/28/indicacao_no_28-2021_faixa_elevada.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/28/indicacao_no_28-2021_faixa_elevada.docx</t>
   </si>
   <si>
     <t>Construção de faixa elevada</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/29/indicacao_no_29-2021_ponte.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/29/indicacao_no_29-2021_ponte.docx</t>
   </si>
   <si>
     <t>Melhorias em Ponte</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/30/indicacao_no_30-2021_pintura_faixa.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/30/indicacao_no_30-2021_pintura_faixa.docx</t>
   </si>
   <si>
     <t>Pintura de faixas de pedestres</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/31/indicacao_no_31-2021_rampa_-_copia.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/31/indicacao_no_31-2021_rampa_-_copia.docx</t>
   </si>
   <si>
     <t>Conserto/Construção de rampas</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/32/indicacao_no_32-2021_estacionamento.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/32/indicacao_no_32-2021_estacionamento.docx</t>
   </si>
   <si>
     <t>Pintura/Demarcação Estacionamentos</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/33/indicacao_no_33-2021_academia_ar_livre.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/33/indicacao_no_33-2021_academia_ar_livre.docx</t>
   </si>
   <si>
     <t>Manutenção de academias ao ar livre</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/34/indicacao_no_34-2021_pavers_e_lixeiras.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/34/indicacao_no_34-2021_pavers_e_lixeiras.docx</t>
   </si>
   <si>
     <t>Instalação de lixeiras e colocação de pavers.</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/35/indicacao_no_35-2021_bebedouro.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/35/indicacao_no_35-2021_bebedouro.docx</t>
   </si>
   <si>
     <t>Instalação de bebedouros em Ginásio.</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/36/indicacao_no_36-2021__luz_no_campo_sintetico.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/36/indicacao_no_36-2021__luz_no_campo_sintetico.docx</t>
   </si>
   <si>
     <t>Luz no campo de grama sintética.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/37/indicacao_no_37-2021_van_saude.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/37/indicacao_no_37-2021_van_saude.docx</t>
   </si>
   <si>
     <t>Solicitação ao Governo do Estado veículo Van.</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/38/indicacao_no_38-2021_sistema_digitalizado.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/38/indicacao_no_38-2021_sistema_digitalizado.doc</t>
   </si>
   <si>
     <t>Implantação de um processo eletrônico digital.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/39/indicacao_no_39-2021_lixeiras_lago.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/39/indicacao_no_39-2021_lixeiras_lago.doc</t>
   </si>
   <si>
     <t>Substituição lixeiras no Lago Municipal.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/40/indicacao_no_40-2021_identificacao_ruas_cidade.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/40/indicacao_no_40-2021_identificacao_ruas_cidade.docx</t>
   </si>
   <si>
     <t>Atualização de cadastro de números de casas.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/41/indicacao_no_41-2021__melhhorias_no_lago.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/41/indicacao_no_41-2021__melhhorias_no_lago.docx</t>
   </si>
   <si>
     <t>Restauração da Sereia no Lago Municipal.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>Luiz Carlos de Souza Vieira Lopes, Antônio Ari Dalla Cortt, Gilmar Schmidt, Marcos Antônio Valandro, Marieli Folle Nardi</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/42/indicacao_no_42-2021_calcamento.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/42/indicacao_no_42-2021_calcamento.doc</t>
   </si>
   <si>
     <t>Estrada de acesso a Linha Bandeirantes.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>Marcos Antônio Valandro, Antônio Ari Dalla Cortt, Gilmar Schmidt, Luiz Carlos de Souza Vieira Lopes, Marieli Folle Nardi</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/43/indicacao_no_43-2021_asfalto.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/43/indicacao_no_43-2021_asfalto.doc</t>
   </si>
   <si>
     <t>Asfaltamento e Sinalização</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/44/indicacao_no_44-2021__pesca_lago.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/44/indicacao_no_44-2021__pesca_lago.docx</t>
   </si>
   <si>
     <t>Prática pesca no Lago Municipal.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/45/indicacao_no_45-2021_prolongamento.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/45/indicacao_no_45-2021_prolongamento.doc</t>
   </si>
   <si>
     <t>Manutenção/Prolongamento na Rua Rodrigues Alves.</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/46/indicacao_no_46-2021_programas_de_saude_mental.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/46/indicacao_no_46-2021_programas_de_saude_mental.doc</t>
   </si>
   <si>
     <t>Politicas Públicas à saúde da mulher.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/47/indicacao_no_47-2021_anjo_da_guarda.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/47/indicacao_no_47-2021_anjo_da_guarda.doc</t>
   </si>
   <si>
     <t>Manutenção de Estrada na Linha Anjo da Guarda.</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/48/indicacao_no_48-2021_rio_cancanhar.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/48/indicacao_no_48-2021_rio_cancanhar.doc</t>
   </si>
   <si>
     <t>Grades de Proteção no Rio Calcanhar.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>Gilmar Schmidt, Antônio Ari Dalla Cortt, Luiz Carlos de Souza Vieira Lopes, Marcos Antônio Valandro, Marieli Folle Nardi</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/49/indicacao_no_49-2021_lombadas.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/49/indicacao_no_49-2021_lombadas.doc</t>
   </si>
   <si>
     <t>Lombadas</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/50/indicacao_no_50-2021_calcamento.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/50/indicacao_no_50-2021_calcamento.doc</t>
   </si>
   <si>
     <t>Calçamento de acesso ao Rio Elias.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/51/indicacao_no_51-2021__saude_mental.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/51/indicacao_no_51-2021__saude_mental.doc</t>
   </si>
   <si>
     <t>Saúde Mental.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>Marcos Antônio Valandro, Antônio Ari Dalla Cortt, Gilmar Schmidt, Marieli Folle Nardi</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/52/indicacao_no_52-2021bairro_zanella_praca.doc</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/52/indicacao_no_52-2021bairro_zanella_praca.doc</t>
   </si>
   <si>
     <t>Praça no Bairro Zanella</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/53/requerimento_no_001-2021_recuperacao_de_vila_rural.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/53/requerimento_no_001-2021_recuperacao_de_vila_rural.docx</t>
   </si>
   <si>
     <t>Informações sobre licitação de trecho rural pavimentado XV de Novembro.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>Marcos Antônio Valandro, Fabieli Manfredi, Gilmar Schmidt, Jonas Maria de Oliveira, Luiz Carlos de Souza Vieira Lopes, Marieli Folle Nardi</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/54/requerimento_no_002-2021_cooperativa_de__produtores_rurais.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/54/requerimento_no_002-2021_cooperativa_de__produtores_rurais.docx</t>
   </si>
   <si>
     <t>Informações sobre Associações ou Cooperativas de Produtores Rurais de Renascença.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/55/requerimento_no_003-2021_iluminacao.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/55/requerimento_no_003-2021_iluminacao.docx</t>
   </si>
   <si>
     <t>Informações solicitadas para companhia de saneamento sobre calçadas.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/56/requerimento_no_005-2021-_pema.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/56/requerimento_no_005-2021-_pema.docx</t>
   </si>
   <si>
     <t>Pema-Coleta de Lixo</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/57/requerimento_no_006-2021-_cohapar.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/57/requerimento_no_006-2021-_cohapar.docx</t>
   </si>
   <si>
     <t>Cohapar</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/58/requerimento_no_007-2021-vivo.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/58/requerimento_no_007-2021-vivo.docx</t>
   </si>
   <si>
     <t>Oficiar Telefonia - VIVO</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/59/requerimento_no_008-2021-der.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/59/requerimento_no_008-2021-der.docx</t>
   </si>
   <si>
     <t>DER</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/60/requerimento_no_009-2021_transporte_de_carga_acima_de_peso.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/60/requerimento_no_009-2021_transporte_de_carga_acima_de_peso.docx</t>
   </si>
   <si>
     <t>Fiscalização caminhões com carga máxima de peso.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/61/requerimento_no_010-2021_informacoes_sobre_vacinacao_covid.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/61/requerimento_no_010-2021_informacoes_sobre_vacinacao_covid.docx</t>
   </si>
   <si>
     <t>Vacinação COVID-19</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/62/requerimento_no_011-2021_van.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/62/requerimento_no_011-2021_van.docx</t>
   </si>
   <si>
     <t>Aquisição VAN para saúde.</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/63/requerimento_no_012-2021_informacoes_sobre_programas_de_saude_mental.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/63/requerimento_no_012-2021_informacoes_sobre_programas_de_saude_mental.docx</t>
   </si>
   <si>
     <t>Medidas, programas e ações municipais à Saúde Mental e Saúde da Mulher.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/64/requerimento_no_013-2021_triturador_de_galhos_e_playg..docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/64/requerimento_no_013-2021_triturador_de_galhos_e_playg..docx</t>
   </si>
   <si>
     <t>Aquisição triturador de galhos e Playground.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/65/requerimento_no_014-2021_resposta_indicacoes_transito.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/65/requerimento_no_014-2021_resposta_indicacoes_transito.docx</t>
   </si>
   <si>
     <t>Informações sobre as Indicações e Requerimentos enviadas ao Executivo.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/66/requerimento_no_015-2021_repasse-_gratificacao.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/66/requerimento_no_015-2021_repasse-_gratificacao.docx</t>
   </si>
   <si>
     <t>Informações ao incentivo financeiro dos ACS/ACE</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/67/requerimento_no_016-2021_sanepar.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/67/requerimento_no_016-2021_sanepar.docx</t>
   </si>
   <si>
     <t>Requerimento a Sanepar para conserto de bueiro.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>Everson Antônio Tedesco, Jonas Maria de Oliveira, Míria Beatriz Cozer Manfredi</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/68/requerimento_no_017-2021_ionformacoes_meu_campinho__veiculo.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/68/requerimento_no_017-2021_ionformacoes_meu_campinho__veiculo.docx</t>
   </si>
   <si>
     <t>Informações automóvel Hatch e meu campinho</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Institui o Programa de Distribuição de Máscaras de Proteção Facial, de forma gratuita, para famílias de baixa renda e dá outras providencias.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/72/projeto_de_lei_n_002-2021_fibromialgia.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/72/projeto_de_lei_n_002-2021_fibromialgia.docx</t>
   </si>
   <si>
     <t>Dispõe sobre o atendimento preferencial às pessoas com fibromialgia nos locais que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/69/projeto_de_lei_complementar_legislativo_001-2021-1.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/69/projeto_de_lei_complementar_legislativo_001-2021-1.docx</t>
   </si>
   <si>
     <t>Altera o art. 212 da Lei Complementar nº 02, de 10 de outubro de 1991 (Código Tributário Municipal), para prever possibilidade de parcelamento em até 12 (doze) prestações mensais do débito inscrito em Dívida Ativa.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>Marieli Folle Nardi, Antônio Ari Dalla Cortt, Gilmar Schmidt, Luiz Carlos de Souza Vieira Lopes, Marcos Antônio Valandro</t>
   </si>
   <si>
-    <t>https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/70/projeto_de_lei_complementar_no_002-2021__reduz_faixa_nao_edificavel.docx</t>
+    <t>http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/70/projeto_de_lei_complementar_no_002-2021__reduz_faixa_nao_edificavel.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a redução da extensão da faixa não edificável, contígua à faixa de domínio público das rodovias localizadas no âmbito do território do Município de Renascença e assegura o direito de permanência de edificações na faixa não edificável contígua às faixas de domínio das rodovias; altera as Leis Complementares nºs 028, de 27 de maio de 2020 e 31 da Lei Complementar n.º 032, de 27 de maio de 2020, as quais integram o Plano Diretor Municipal; e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1110,68 +1110,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/1/indicacao_no_001-2021_auxilio_transporte.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/2/indicacao_no_002-2021_identificacao_ruas.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/3/indicacao_no_003-2021_extensao_de_rede_nas_ruas.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/4/indicacao_no_004-2021_extensao_de_rede.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/6/indicacao_no_006-2021_limpeza_lote.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/7/indicacao_no_007-2021_internert.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/8/indicacao_no_008-2021_ponto_de_coleta_de_oleo_vegetal.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/9/indicacao_no_009-2021_porteira_a_dentro.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/10/indicacao_no_10-2021_iptu.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/11/indicacao_no_11-2021_passeio_para_estacionar.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/12/indicacao_no_12-2021_faixa_elevada.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/13/indicacao_no_13-2021_ampliacao_rede_de_esgoto.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/14/indicacao_no_14-2021_site.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/15/indicacao_no_15-2021_tubulacao.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/16/indicacao_no_16-2021_mascaras.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/17/indicacao_no_17-2021_banheiros_cemiterio.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/18/indicacao_no_18-2021_terreno_industrial.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/19/indicacao_no_19-2021_cemiterio.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/20/indicacao_no_20-2021_seguranca_escola.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/21/indicacao_no_21-2021_iptu.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/22/indicacao_no_22-2021_asfalto.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/24/indicacao_no_24-2021_campinho.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/25/indicacao_no_25-2021_ead.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/26/indicacao_no_26-2021_cascalho.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/27/indicacao_no_27-2021_ciclovia.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/28/indicacao_no_28-2021_faixa_elevada.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/29/indicacao_no_29-2021_ponte.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/30/indicacao_no_30-2021_pintura_faixa.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/31/indicacao_no_31-2021_rampa_-_copia.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/32/indicacao_no_32-2021_estacionamento.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/33/indicacao_no_33-2021_academia_ar_livre.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/34/indicacao_no_34-2021_pavers_e_lixeiras.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/35/indicacao_no_35-2021_bebedouro.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/36/indicacao_no_36-2021__luz_no_campo_sintetico.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/37/indicacao_no_37-2021_van_saude.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/38/indicacao_no_38-2021_sistema_digitalizado.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/39/indicacao_no_39-2021_lixeiras_lago.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/40/indicacao_no_40-2021_identificacao_ruas_cidade.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/41/indicacao_no_41-2021__melhhorias_no_lago.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/42/indicacao_no_42-2021_calcamento.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/43/indicacao_no_43-2021_asfalto.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/44/indicacao_no_44-2021__pesca_lago.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/45/indicacao_no_45-2021_prolongamento.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/46/indicacao_no_46-2021_programas_de_saude_mental.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/47/indicacao_no_47-2021_anjo_da_guarda.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/48/indicacao_no_48-2021_rio_cancanhar.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/49/indicacao_no_49-2021_lombadas.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/50/indicacao_no_50-2021_calcamento.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/51/indicacao_no_51-2021__saude_mental.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/52/indicacao_no_52-2021bairro_zanella_praca.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/53/requerimento_no_001-2021_recuperacao_de_vila_rural.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/54/requerimento_no_002-2021_cooperativa_de__produtores_rurais.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/55/requerimento_no_003-2021_iluminacao.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/56/requerimento_no_005-2021-_pema.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/57/requerimento_no_006-2021-_cohapar.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/58/requerimento_no_007-2021-vivo.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/59/requerimento_no_008-2021-der.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/60/requerimento_no_009-2021_transporte_de_carga_acima_de_peso.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/61/requerimento_no_010-2021_informacoes_sobre_vacinacao_covid.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/62/requerimento_no_011-2021_van.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/63/requerimento_no_012-2021_informacoes_sobre_programas_de_saude_mental.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/64/requerimento_no_013-2021_triturador_de_galhos_e_playg..docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/65/requerimento_no_014-2021_resposta_indicacoes_transito.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/66/requerimento_no_015-2021_repasse-_gratificacao.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/67/requerimento_no_016-2021_sanepar.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/68/requerimento_no_017-2021_ionformacoes_meu_campinho__veiculo.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/72/projeto_de_lei_n_002-2021_fibromialgia.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/69/projeto_de_lei_complementar_legislativo_001-2021-1.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/70/projeto_de_lei_complementar_no_002-2021__reduz_faixa_nao_edificavel.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/1/indicacao_no_001-2021_auxilio_transporte.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/2/indicacao_no_002-2021_identificacao_ruas.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/3/indicacao_no_003-2021_extensao_de_rede_nas_ruas.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/4/indicacao_no_004-2021_extensao_de_rede.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/6/indicacao_no_006-2021_limpeza_lote.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/7/indicacao_no_007-2021_internert.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/8/indicacao_no_008-2021_ponto_de_coleta_de_oleo_vegetal.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/9/indicacao_no_009-2021_porteira_a_dentro.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/10/indicacao_no_10-2021_iptu.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/11/indicacao_no_11-2021_passeio_para_estacionar.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/12/indicacao_no_12-2021_faixa_elevada.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/13/indicacao_no_13-2021_ampliacao_rede_de_esgoto.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/14/indicacao_no_14-2021_site.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/15/indicacao_no_15-2021_tubulacao.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/16/indicacao_no_16-2021_mascaras.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/17/indicacao_no_17-2021_banheiros_cemiterio.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/18/indicacao_no_18-2021_terreno_industrial.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/19/indicacao_no_19-2021_cemiterio.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/20/indicacao_no_20-2021_seguranca_escola.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/21/indicacao_no_21-2021_iptu.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/22/indicacao_no_22-2021_asfalto.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/24/indicacao_no_24-2021_campinho.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/25/indicacao_no_25-2021_ead.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/26/indicacao_no_26-2021_cascalho.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/27/indicacao_no_27-2021_ciclovia.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/28/indicacao_no_28-2021_faixa_elevada.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/29/indicacao_no_29-2021_ponte.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/30/indicacao_no_30-2021_pintura_faixa.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/31/indicacao_no_31-2021_rampa_-_copia.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/32/indicacao_no_32-2021_estacionamento.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/33/indicacao_no_33-2021_academia_ar_livre.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/34/indicacao_no_34-2021_pavers_e_lixeiras.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/35/indicacao_no_35-2021_bebedouro.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/36/indicacao_no_36-2021__luz_no_campo_sintetico.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/37/indicacao_no_37-2021_van_saude.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/38/indicacao_no_38-2021_sistema_digitalizado.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/39/indicacao_no_39-2021_lixeiras_lago.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/40/indicacao_no_40-2021_identificacao_ruas_cidade.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/41/indicacao_no_41-2021__melhhorias_no_lago.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/42/indicacao_no_42-2021_calcamento.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/43/indicacao_no_43-2021_asfalto.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/44/indicacao_no_44-2021__pesca_lago.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/45/indicacao_no_45-2021_prolongamento.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/46/indicacao_no_46-2021_programas_de_saude_mental.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/47/indicacao_no_47-2021_anjo_da_guarda.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/48/indicacao_no_48-2021_rio_cancanhar.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/49/indicacao_no_49-2021_lombadas.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/50/indicacao_no_50-2021_calcamento.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/51/indicacao_no_51-2021__saude_mental.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/52/indicacao_no_52-2021bairro_zanella_praca.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/53/requerimento_no_001-2021_recuperacao_de_vila_rural.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/54/requerimento_no_002-2021_cooperativa_de__produtores_rurais.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/55/requerimento_no_003-2021_iluminacao.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/56/requerimento_no_005-2021-_pema.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/57/requerimento_no_006-2021-_cohapar.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/58/requerimento_no_007-2021-vivo.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/59/requerimento_no_008-2021-der.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/60/requerimento_no_009-2021_transporte_de_carga_acima_de_peso.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/61/requerimento_no_010-2021_informacoes_sobre_vacinacao_covid.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/62/requerimento_no_011-2021_van.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/63/requerimento_no_012-2021_informacoes_sobre_programas_de_saude_mental.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/64/requerimento_no_013-2021_triturador_de_galhos_e_playg..docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/65/requerimento_no_014-2021_resposta_indicacoes_transito.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/66/requerimento_no_015-2021_repasse-_gratificacao.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/67/requerimento_no_016-2021_sanepar.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/68/requerimento_no_017-2021_ionformacoes_meu_campinho__veiculo.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/72/projeto_de_lei_n_002-2021_fibromialgia.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/69/projeto_de_lei_complementar_legislativo_001-2021-1.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.renascenca.pr.leg.br/media/sapl/public/materialegislativa/2021/70/projeto_de_lei_complementar_no_002-2021__reduz_faixa_nao_edificavel.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H73"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="195.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="146.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="145.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>